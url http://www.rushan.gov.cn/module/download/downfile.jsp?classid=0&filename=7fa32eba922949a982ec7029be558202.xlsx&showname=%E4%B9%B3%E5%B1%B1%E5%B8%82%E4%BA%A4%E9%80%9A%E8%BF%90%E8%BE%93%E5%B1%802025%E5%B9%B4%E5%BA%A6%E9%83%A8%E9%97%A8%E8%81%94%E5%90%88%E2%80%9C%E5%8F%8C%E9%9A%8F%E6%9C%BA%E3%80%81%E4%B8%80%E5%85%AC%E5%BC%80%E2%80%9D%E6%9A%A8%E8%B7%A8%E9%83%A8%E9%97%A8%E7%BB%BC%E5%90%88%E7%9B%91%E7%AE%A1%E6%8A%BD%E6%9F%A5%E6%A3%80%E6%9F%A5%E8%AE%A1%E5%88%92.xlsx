--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:dbsheet="http://web.wps.cn/et/2021/dbsheet">
   <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView windowWidth="23145" windowHeight="9675" tabRatio="809"/>
+    <workbookView windowWidth="27945" windowHeight="12375" tabRatio="809"/>
   </bookViews>
   <sheets>
     <sheet name="附件3 山东省2024年度部门联合暨跨部门综合监管抽查计划" sheetId="16" r:id="rId1"/>
     <sheet name="部门联合抽查事项清单" sheetId="11" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">部门联合抽查事项清单!$A$3:$N$37</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">部门联合抽查事项清单!$3:$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'附件3 山东省2024年度部门联合暨跨部门综合监管抽查计划'!$A$1:$L$20</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -832,51 +832,50 @@
       <charset val="134"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="宋体"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="26"/>
       <color theme="1"/>
       <name val="方正小标宋简体"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="黑体"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="仿宋_GB2312"/>
-      <family val="3"/>
       <charset val="134"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="宋体"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF800080"/>
       <name val="宋体"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="宋体"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
@@ -6671,35 +6670,35 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>附件3 山东省2024年度部门联合暨跨部门综合监管抽查计划</vt:lpstr>
       <vt:lpstr>部门联合抽查事项清单</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>刘喜才</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.21171</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.23125</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>CA847782E20646278B7D7734C2F705D9_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOReadingLayout">
     <vt:bool>true</vt:bool>
   </property>
 </Properties>
 </file>