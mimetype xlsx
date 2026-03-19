--- v1 (2025-12-18)
+++ v2 (2026-03-19)
@@ -729,51 +729,51 @@
     <t>旅行社相关旅游经营行为。</t>
   </si>
   <si>
     <t>《旅行社条例》第三条、第四十一条、第五十九条、第六十一条</t>
   </si>
   <si>
     <t>对广告的监督检查</t>
   </si>
   <si>
     <t>旅游广告检查。</t>
   </si>
   <si>
     <t>《中华人民共和国广告法》</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
   <numFmts count="4">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="40">
+  <fonts count="39">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="宋体"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="宋体"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="黑体"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="仿宋_GB2312"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="宋体"/>
@@ -827,55 +827,50 @@
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="仿宋_GB2312"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="宋体"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="26"/>
       <color theme="1"/>
       <name val="方正小标宋简体"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="黑体"/>
-      <charset val="134"/>
-[...3 lines deleted...]
-      <name val="仿宋_GB2312"/>
       <charset val="134"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="宋体"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF800080"/>
       <name val="宋体"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="宋体"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
@@ -1375,231 +1370,231 @@
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
-[...104 lines deleted...]
-    <xf numFmtId="0" fontId="35" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="4" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="5" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0">
-      <alignment vertical="center"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs count="63">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1646,68 +1641,68 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="63" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1721,113 +1716,113 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="69">
     <cellStyle name="常规" xfId="0" builtinId="0"/>
     <cellStyle name="千位分隔" xfId="1" builtinId="3"/>
     <cellStyle name="货币" xfId="2" builtinId="4"/>
     <cellStyle name="百分比" xfId="3" builtinId="5"/>
     <cellStyle name="千位分隔[0]" xfId="4" builtinId="6"/>
     <cellStyle name="货币[0]" xfId="5" builtinId="7"/>
     <cellStyle name="超链接" xfId="6" builtinId="8"/>
     <cellStyle name="已访问的超链接" xfId="7" builtinId="9"/>
     <cellStyle name="注释" xfId="8" builtinId="10"/>
     <cellStyle name="警告文本" xfId="9" builtinId="11"/>
     <cellStyle name="标题" xfId="10" builtinId="15"/>
     <cellStyle name="解释性文本" xfId="11" builtinId="53"/>
     <cellStyle name="标题 1" xfId="12" builtinId="16"/>
     <cellStyle name="标题 2" xfId="13" builtinId="17"/>
     <cellStyle name="标题 3" xfId="14" builtinId="18"/>
     <cellStyle name="标题 4" xfId="15" builtinId="19"/>
     <cellStyle name="输入" xfId="16" builtinId="20"/>
     <cellStyle name="输出" xfId="17" builtinId="21"/>
     <cellStyle name="计算" xfId="18" builtinId="22"/>
     <cellStyle name="检查单元格" xfId="19" builtinId="23"/>
     <cellStyle name="链接单元格" xfId="20" builtinId="24"/>
     <cellStyle name="汇总" xfId="21" builtinId="25"/>
@@ -2141,51 +2136,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L22"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection/>
-      <selection pane="bottomLeft" activeCell="F6" sqref="F6"/>
+      <selection pane="bottomLeft" activeCell="P6" sqref="P6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85833333333333" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="4.6" style="32" customWidth="1"/>
     <col min="2" max="2" width="8.26666666666667" style="32" customWidth="1"/>
     <col min="3" max="3" width="12.525" style="33" customWidth="1"/>
     <col min="4" max="4" width="7.05833333333333" style="32" customWidth="1"/>
     <col min="5" max="5" width="11.5" style="33" customWidth="1"/>
     <col min="6" max="6" width="30.175" style="33" customWidth="1"/>
     <col min="7" max="7" width="18.925" style="32" customWidth="1"/>
     <col min="8" max="8" width="77.6833333333333" style="33" customWidth="1"/>
     <col min="9" max="9" width="13.75" style="32" customWidth="1"/>
     <col min="10" max="10" width="12.85" style="32" customWidth="1"/>
     <col min="11" max="11" width="14.2833333333333" style="32" customWidth="1"/>
     <col min="12" max="12" width="8.83333333333333" style="32" customWidth="1"/>
     <col min="13" max="205" width="9.525" style="26" customWidth="1"/>
     <col min="206" max="16345" width="9.525" style="26"/>
     <col min="16346" max="16384" width="8.85833333333333" style="26"/>
   </cols>
   <sheetData>
     <row r="1" s="26" customFormat="1" ht="34" customHeight="1" spans="1:12">
       <c r="A1" s="34" t="s">
         <v>0</v>
       </c>
@@ -2322,133 +2317,133 @@
       </c>
       <c r="C6" s="42" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="42" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="42" t="s">
         <v>28</v>
       </c>
       <c r="G6" s="41" t="s">
         <v>29</v>
       </c>
       <c r="H6" s="42" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="43" t="s">
         <v>19</v>
       </c>
       <c r="J6" s="41" t="s">
         <v>20</v>
       </c>
-      <c r="K6" s="58" t="s">
+      <c r="K6" s="45" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="43" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" s="29" customFormat="1" ht="78" customHeight="1" spans="1:12">
       <c r="A7" s="41"/>
       <c r="B7" s="43"/>
       <c r="C7" s="42"/>
       <c r="D7" s="41" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="42" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="42" t="s">
         <v>31</v>
       </c>
       <c r="G7" s="41"/>
       <c r="H7" s="42" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="43"/>
       <c r="J7" s="41"/>
-      <c r="K7" s="59"/>
+      <c r="K7" s="46"/>
       <c r="L7" s="43"/>
     </row>
     <row r="8" s="29" customFormat="1" ht="78" customHeight="1" spans="1:12">
       <c r="A8" s="41"/>
       <c r="B8" s="43"/>
       <c r="C8" s="42"/>
       <c r="D8" s="41" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="42" t="s">
         <v>33</v>
       </c>
       <c r="F8" s="42" t="s">
         <v>34</v>
       </c>
       <c r="G8" s="41"/>
       <c r="H8" s="42" t="s">
         <v>35</v>
       </c>
       <c r="I8" s="43"/>
       <c r="J8" s="41"/>
-      <c r="K8" s="60"/>
+      <c r="K8" s="47"/>
       <c r="L8" s="43"/>
     </row>
     <row r="9" s="29" customFormat="1" ht="78" customHeight="1" spans="1:12">
       <c r="A9" s="41">
         <v>3</v>
       </c>
       <c r="B9" s="41" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="42" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="42" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="42" t="s">
         <v>37</v>
       </c>
       <c r="G9" s="41" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="42" t="s">
         <v>39</v>
       </c>
       <c r="I9" s="43" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="43" t="s">
         <v>20</v>
       </c>
-      <c r="K9" s="61" t="s">
+      <c r="K9" s="48" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="43" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" s="29" customFormat="1" ht="78" customHeight="1" spans="1:12">
       <c r="A10" s="41"/>
       <c r="B10" s="41"/>
       <c r="C10" s="42"/>
       <c r="D10" s="41" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="44" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="42" t="s">
         <v>37</v>
       </c>
       <c r="G10" s="41"/>
       <c r="H10" s="42" t="s">
         <v>41</v>
       </c>
       <c r="I10" s="43"/>
       <c r="J10" s="43"/>
@@ -2459,337 +2454,337 @@
       <c r="A11" s="41"/>
       <c r="B11" s="41"/>
       <c r="C11" s="42"/>
       <c r="D11" s="41" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="42" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="42" t="s">
         <v>43</v>
       </c>
       <c r="G11" s="41"/>
       <c r="H11" s="42" t="s">
         <v>44</v>
       </c>
       <c r="I11" s="43"/>
       <c r="J11" s="43"/>
       <c r="K11" s="44"/>
       <c r="L11" s="43"/>
     </row>
     <row r="12" s="30" customFormat="1" ht="84" customHeight="1" spans="1:12">
       <c r="A12" s="41">
         <v>4</v>
       </c>
-      <c r="B12" s="45" t="s">
+      <c r="B12" s="49" t="s">
         <v>45</v>
       </c>
-      <c r="C12" s="45" t="s">
+      <c r="C12" s="49" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="42" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="42" t="s">
         <v>46</v>
       </c>
-      <c r="G12" s="45" t="s">
+      <c r="G12" s="49" t="s">
         <v>47</v>
       </c>
       <c r="H12" s="42" t="s">
         <v>48</v>
       </c>
-      <c r="I12" s="58" t="s">
+      <c r="I12" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="J12" s="58" t="s">
+      <c r="J12" s="45" t="s">
         <v>20</v>
       </c>
-      <c r="K12" s="58" t="s">
+      <c r="K12" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="L12" s="58" t="s">
+      <c r="L12" s="45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" s="30" customFormat="1" ht="84" customHeight="1" spans="1:12">
       <c r="A13" s="41"/>
-      <c r="B13" s="46"/>
-      <c r="C13" s="46"/>
+      <c r="B13" s="50"/>
+      <c r="C13" s="50"/>
       <c r="D13" s="41" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="42" t="s">
         <v>49</v>
       </c>
       <c r="F13" s="44" t="s">
         <v>50</v>
       </c>
-      <c r="G13" s="46"/>
+      <c r="G13" s="50"/>
       <c r="H13" s="42" t="s">
         <v>51</v>
       </c>
-      <c r="I13" s="59"/>
-[...2 lines deleted...]
-      <c r="L13" s="59"/>
+      <c r="I13" s="46"/>
+      <c r="J13" s="46"/>
+      <c r="K13" s="46"/>
+      <c r="L13" s="46"/>
     </row>
     <row r="14" s="30" customFormat="1" ht="284" customHeight="1" spans="1:12">
       <c r="A14" s="41"/>
-      <c r="B14" s="47"/>
-[...1 lines deleted...]
-      <c r="D14" s="48" t="s">
+      <c r="B14" s="51"/>
+      <c r="C14" s="51"/>
+      <c r="D14" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="E14" s="49" t="s">
+      <c r="E14" s="53" t="s">
         <v>52</v>
       </c>
-      <c r="F14" s="50" t="s">
+      <c r="F14" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="G14" s="47"/>
-      <c r="H14" s="51" t="s">
+      <c r="G14" s="51"/>
+      <c r="H14" s="55" t="s">
         <v>54</v>
       </c>
-      <c r="I14" s="60"/>
-[...2 lines deleted...]
-      <c r="L14" s="60"/>
+      <c r="I14" s="47"/>
+      <c r="J14" s="47"/>
+      <c r="K14" s="47"/>
+      <c r="L14" s="47"/>
     </row>
     <row r="15" s="30" customFormat="1" ht="84" customHeight="1" spans="1:12">
       <c r="A15" s="41">
         <v>5</v>
       </c>
       <c r="B15" s="41" t="s">
         <v>55</v>
       </c>
       <c r="C15" s="42" t="s">
         <v>56</v>
       </c>
       <c r="D15" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="42" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="42" t="s">
         <v>56</v>
       </c>
       <c r="G15" s="41" t="s">
         <v>57</v>
       </c>
-      <c r="H15" s="51" t="s">
+      <c r="H15" s="55" t="s">
         <v>58</v>
       </c>
       <c r="I15" s="44" t="s">
         <v>19</v>
       </c>
       <c r="J15" s="44" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="44" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="44" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" s="30" customFormat="1" ht="84" customHeight="1" spans="1:12">
       <c r="A16" s="41"/>
       <c r="B16" s="41"/>
       <c r="C16" s="42"/>
-      <c r="D16" s="48" t="s">
+      <c r="D16" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="E16" s="49" t="s">
+      <c r="E16" s="53" t="s">
         <v>60</v>
       </c>
-      <c r="F16" s="50" t="s">
+      <c r="F16" s="54" t="s">
         <v>61</v>
       </c>
       <c r="G16" s="41"/>
-      <c r="H16" s="51" t="s">
+      <c r="H16" s="55" t="s">
         <v>62</v>
       </c>
       <c r="I16" s="44"/>
       <c r="J16" s="44"/>
       <c r="K16" s="44"/>
       <c r="L16" s="44"/>
     </row>
     <row r="17" s="30" customFormat="1" ht="84" customHeight="1" spans="1:12">
       <c r="A17" s="41"/>
       <c r="B17" s="41"/>
       <c r="C17" s="42"/>
-      <c r="D17" s="48" t="s">
+      <c r="D17" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="E17" s="49" t="s">
+      <c r="E17" s="53" t="s">
         <v>63</v>
       </c>
-      <c r="F17" s="50" t="s">
+      <c r="F17" s="54" t="s">
         <v>64</v>
       </c>
       <c r="G17" s="41"/>
-      <c r="H17" s="51" t="s">
+      <c r="H17" s="55" t="s">
         <v>65</v>
       </c>
       <c r="I17" s="44"/>
       <c r="J17" s="44"/>
       <c r="K17" s="44"/>
       <c r="L17" s="44"/>
     </row>
     <row r="18" s="30" customFormat="1" ht="84" customHeight="1" spans="1:12">
       <c r="A18" s="41"/>
       <c r="B18" s="41"/>
       <c r="C18" s="42"/>
-      <c r="D18" s="48" t="s">
+      <c r="D18" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="E18" s="49" t="s">
+      <c r="E18" s="53" t="s">
         <v>52</v>
       </c>
-      <c r="F18" s="52" t="s">
+      <c r="F18" s="56" t="s">
         <v>66</v>
       </c>
       <c r="G18" s="41"/>
-      <c r="H18" s="51" t="s">
+      <c r="H18" s="55" t="s">
         <v>67</v>
       </c>
       <c r="I18" s="44"/>
       <c r="J18" s="44"/>
       <c r="K18" s="44"/>
       <c r="L18" s="44"/>
     </row>
     <row r="19" s="30" customFormat="1" ht="84" customHeight="1" spans="1:12">
       <c r="A19" s="41"/>
       <c r="B19" s="41"/>
       <c r="C19" s="42"/>
-      <c r="D19" s="48" t="s">
+      <c r="D19" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="E19" s="49" t="s">
+      <c r="E19" s="53" t="s">
         <v>68</v>
       </c>
-      <c r="F19" s="50" t="s">
+      <c r="F19" s="54" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="41"/>
-      <c r="H19" s="51" t="s">
+      <c r="H19" s="55" t="s">
         <v>70</v>
       </c>
       <c r="I19" s="44"/>
       <c r="J19" s="44"/>
       <c r="K19" s="44"/>
       <c r="L19" s="44"/>
     </row>
     <row r="20" s="30" customFormat="1" ht="84" customHeight="1" spans="1:12">
       <c r="A20" s="41"/>
       <c r="B20" s="41"/>
       <c r="C20" s="42"/>
-      <c r="D20" s="48" t="s">
+      <c r="D20" s="52" t="s">
         <v>23</v>
       </c>
-      <c r="E20" s="49" t="s">
+      <c r="E20" s="53" t="s">
         <v>71</v>
       </c>
-      <c r="F20" s="49" t="s">
+      <c r="F20" s="53" t="s">
         <v>72</v>
       </c>
       <c r="G20" s="41"/>
-      <c r="H20" s="53" t="s">
+      <c r="H20" s="57" t="s">
         <v>73</v>
       </c>
       <c r="I20" s="44"/>
       <c r="J20" s="44" t="s">
         <v>74</v>
       </c>
       <c r="K20" s="44"/>
       <c r="L20" s="44"/>
     </row>
     <row r="21" s="31" customFormat="1" ht="80" customHeight="1" spans="1:12">
-      <c r="A21" s="54">
+      <c r="A21" s="58">
         <v>6</v>
       </c>
-      <c r="B21" s="55" t="s">
+      <c r="B21" s="59" t="s">
         <v>75</v>
       </c>
-      <c r="C21" s="56" t="s">
+      <c r="C21" s="60" t="s">
         <v>76</v>
       </c>
-      <c r="D21" s="55" t="s">
+      <c r="D21" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="E21" s="56" t="s">
+      <c r="E21" s="60" t="s">
         <v>16</v>
       </c>
-      <c r="F21" s="56" t="s">
+      <c r="F21" s="60" t="s">
         <v>76</v>
       </c>
-      <c r="G21" s="55" t="s">
+      <c r="G21" s="59" t="s">
         <v>77</v>
       </c>
-      <c r="H21" s="56" t="s">
+      <c r="H21" s="60" t="s">
         <v>78</v>
       </c>
-      <c r="I21" s="62" t="s">
+      <c r="I21" s="61" t="s">
         <v>19</v>
       </c>
-      <c r="J21" s="55" t="s">
+      <c r="J21" s="59" t="s">
         <v>79</v>
       </c>
-      <c r="K21" s="57" t="s">
+      <c r="K21" s="62" t="s">
         <v>80</v>
       </c>
-      <c r="L21" s="62" t="s">
+      <c r="L21" s="61" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" s="31" customFormat="1" ht="80" customHeight="1" spans="1:12">
-      <c r="A22" s="54"/>
-[...2 lines deleted...]
-      <c r="D22" s="55" t="s">
+      <c r="A22" s="58"/>
+      <c r="B22" s="59"/>
+      <c r="C22" s="60"/>
+      <c r="D22" s="59" t="s">
         <v>23</v>
       </c>
-      <c r="E22" s="56" t="s">
+      <c r="E22" s="60" t="s">
         <v>33</v>
       </c>
-      <c r="F22" s="57" t="s">
+      <c r="F22" s="62" t="s">
         <v>81</v>
       </c>
-      <c r="G22" s="55"/>
-      <c r="H22" s="56" t="s">
+      <c r="G22" s="59"/>
+      <c r="H22" s="60" t="s">
         <v>82</v>
       </c>
-      <c r="I22" s="62"/>
-[...2 lines deleted...]
-      <c r="L22" s="62"/>
+      <c r="I22" s="61"/>
+      <c r="J22" s="59"/>
+      <c r="K22" s="62"/>
+      <c r="L22" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="51">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="A9:A11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="A15:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="B6:B8"/>
     <mergeCell ref="B9:B11"/>
     <mergeCell ref="B12:B14"/>
     <mergeCell ref="B15:B20"/>
     <mergeCell ref="B21:B22"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="C6:C8"/>
     <mergeCell ref="C9:C11"/>
     <mergeCell ref="C12:C14"/>
     <mergeCell ref="C15:C20"/>
     <mergeCell ref="C21:C22"/>
     <mergeCell ref="G4:G5"/>
@@ -2842,51 +2837,51 @@
       <pane ySplit="3" topLeftCell="A44" activePane="bottomLeft" state="frozen"/>
       <selection/>
       <selection pane="bottomLeft" activeCell="M83" sqref="M83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.55833333333333" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="3.80833333333333" style="2" customWidth="1"/>
     <col min="2" max="2" width="6.80833333333333" style="8" customWidth="1"/>
     <col min="3" max="3" width="10.5583333333333" style="8" customWidth="1"/>
     <col min="4" max="4" width="6.825" style="8" customWidth="1"/>
     <col min="5" max="5" width="5.39166666666667" style="2" customWidth="1"/>
     <col min="6" max="6" width="6.34166666666667" style="8" customWidth="1"/>
     <col min="7" max="7" width="6.50833333333333" style="8" customWidth="1"/>
     <col min="8" max="8" width="5.33333333333333" style="2" customWidth="1"/>
     <col min="9" max="9" width="8.60833333333333" style="8" customWidth="1"/>
     <col min="10" max="10" width="16.0333333333333" style="8" customWidth="1"/>
     <col min="11" max="11" width="22.9166666666667" style="8" customWidth="1"/>
     <col min="12" max="12" width="7" style="8" customWidth="1"/>
     <col min="13" max="13" width="66.6666666666667" style="8" customWidth="1"/>
     <col min="14" max="14" width="90.5" style="8" customWidth="1"/>
     <col min="15" max="224" width="9.55833333333333" style="8" customWidth="1"/>
     <col min="225" max="16383" width="9.55833333333333" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" s="1" customFormat="1" ht="39" customHeight="1" spans="1:10">
+    <row r="1" s="1" customFormat="1" ht="39" customHeight="1" spans="1:14">
       <c r="A1" s="9"/>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" s="2" customFormat="1" ht="48" customHeight="1" spans="1:14">
       <c r="A2" s="10" t="s">
         <v>83</v>
       </c>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="10"/>
       <c r="J2" s="10"/>
       <c r="K2" s="10"/>
@@ -3430,57 +3425,57 @@
       </c>
       <c r="L17" s="13" t="s">
         <v>105</v>
       </c>
       <c r="M17" s="13" t="s">
         <v>48</v>
       </c>
       <c r="N17" s="19" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="18" s="5" customFormat="1" ht="56" customHeight="1" spans="1:14">
       <c r="A18" s="18"/>
       <c r="B18" s="13"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="14"/>
       <c r="F18" s="13"/>
       <c r="G18" s="13"/>
       <c r="H18" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="J18" s="23" t="s">
+      <c r="J18" s="21" t="s">
         <v>140</v>
       </c>
       <c r="K18" s="19" t="s">
         <v>50</v>
       </c>
-      <c r="L18" s="24" t="s">
+      <c r="L18" s="22" t="s">
         <v>105</v>
       </c>
       <c r="M18" s="13" t="s">
         <v>51</v>
       </c>
       <c r="N18" s="19" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="19" s="5" customFormat="1" ht="54" customHeight="1" spans="1:14">
       <c r="A19" s="12">
         <v>7</v>
       </c>
       <c r="B19" s="13" t="s">
         <v>142</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>142</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="14" t="s">
         <v>99</v>
       </c>
@@ -3849,54 +3844,54 @@
       </c>
       <c r="B30" s="13" t="s">
         <v>165</v>
       </c>
       <c r="C30" s="13" t="s">
         <v>166</v>
       </c>
       <c r="D30" s="13" t="s">
         <v>167</v>
       </c>
       <c r="E30" s="14" t="s">
         <v>136</v>
       </c>
       <c r="F30" s="13" t="s">
         <v>168</v>
       </c>
       <c r="G30" s="13" t="s">
         <v>101</v>
       </c>
       <c r="H30" s="14" t="s">
         <v>102</v>
       </c>
       <c r="I30" s="19" t="s">
         <v>169</v>
       </c>
-      <c r="J30" s="25" t="s">
+      <c r="J30" s="23" t="s">
         <v>170</v>
       </c>
-      <c r="K30" s="25" t="s">
+      <c r="K30" s="23" t="s">
         <v>165</v>
       </c>
       <c r="L30" s="13" t="s">
         <v>154</v>
       </c>
       <c r="M30" s="13" t="s">
         <v>171</v>
       </c>
       <c r="N30" s="19" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="31" s="7" customFormat="1" ht="71" customHeight="1" spans="1:14">
       <c r="A31" s="14"/>
       <c r="B31" s="13"/>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="14"/>
       <c r="F31" s="13"/>
       <c r="G31" s="13"/>
       <c r="H31" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I31" s="19" t="s">
         <v>173</v>
@@ -3909,54 +3904,54 @@
       </c>
       <c r="L31" s="13" t="s">
         <v>101</v>
       </c>
       <c r="M31" s="13" t="s">
         <v>176</v>
       </c>
       <c r="N31" s="19" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="32" s="6" customFormat="1" ht="74" customHeight="1" spans="1:14">
       <c r="A32" s="14"/>
       <c r="B32" s="13"/>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="14"/>
       <c r="F32" s="13"/>
       <c r="G32" s="13"/>
       <c r="H32" s="14" t="s">
         <v>108</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="J32" s="25" t="s">
+      <c r="J32" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="K32" s="25" t="s">
+      <c r="K32" s="23" t="s">
         <v>179</v>
       </c>
       <c r="L32" s="13" t="s">
         <v>101</v>
       </c>
       <c r="M32" s="13" t="s">
         <v>180</v>
       </c>
       <c r="N32" s="19" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="33" s="5" customFormat="1" ht="93" customHeight="1" spans="1:14">
       <c r="A33" s="14">
         <v>11</v>
       </c>
       <c r="B33" s="13" t="s">
         <v>182</v>
       </c>
       <c r="C33" s="13" t="s">
         <v>183</v>
       </c>
       <c r="D33" s="13" t="s">
         <v>184</v>
       </c>
@@ -4082,2512 +4077,2512 @@
       <c r="B37" s="13"/>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="14"/>
       <c r="F37" s="13"/>
       <c r="G37" s="13"/>
       <c r="H37" s="14"/>
       <c r="I37" s="13"/>
       <c r="J37" s="19" t="s">
         <v>193</v>
       </c>
       <c r="K37" s="19" t="s">
         <v>193</v>
       </c>
       <c r="L37" s="13" t="s">
         <v>105</v>
       </c>
       <c r="M37" s="13" t="s">
         <v>194</v>
       </c>
       <c r="N37" s="13" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:14">
-      <c r="A38" s="21"/>
-[...12 lines deleted...]
-      <c r="N38" s="22"/>
+      <c r="A38" s="24"/>
+      <c r="B38" s="25"/>
+      <c r="C38" s="25"/>
+      <c r="D38" s="25"/>
+      <c r="E38" s="24"/>
+      <c r="F38" s="25"/>
+      <c r="G38" s="25"/>
+      <c r="H38" s="24"/>
+      <c r="I38" s="25"/>
+      <c r="J38" s="25"/>
+      <c r="K38" s="25"/>
+      <c r="L38" s="25"/>
+      <c r="M38" s="25"/>
+      <c r="N38" s="25"/>
     </row>
     <row r="39" spans="1:14">
-      <c r="A39" s="21"/>
-[...12 lines deleted...]
-      <c r="N39" s="22"/>
+      <c r="A39" s="24"/>
+      <c r="B39" s="25"/>
+      <c r="C39" s="25"/>
+      <c r="D39" s="25"/>
+      <c r="E39" s="24"/>
+      <c r="F39" s="25"/>
+      <c r="G39" s="25"/>
+      <c r="H39" s="24"/>
+      <c r="I39" s="25"/>
+      <c r="J39" s="25"/>
+      <c r="K39" s="25"/>
+      <c r="L39" s="25"/>
+      <c r="M39" s="25"/>
+      <c r="N39" s="25"/>
     </row>
     <row r="40" spans="1:14">
-      <c r="A40" s="21"/>
-[...12 lines deleted...]
-      <c r="N40" s="22"/>
+      <c r="A40" s="24"/>
+      <c r="B40" s="25"/>
+      <c r="C40" s="25"/>
+      <c r="D40" s="25"/>
+      <c r="E40" s="24"/>
+      <c r="F40" s="25"/>
+      <c r="G40" s="25"/>
+      <c r="H40" s="24"/>
+      <c r="I40" s="25"/>
+      <c r="J40" s="25"/>
+      <c r="K40" s="25"/>
+      <c r="L40" s="25"/>
+      <c r="M40" s="25"/>
+      <c r="N40" s="25"/>
     </row>
     <row r="41" spans="1:14">
-      <c r="A41" s="21"/>
-[...12 lines deleted...]
-      <c r="N41" s="22"/>
+      <c r="A41" s="24"/>
+      <c r="B41" s="25"/>
+      <c r="C41" s="25"/>
+      <c r="D41" s="25"/>
+      <c r="E41" s="24"/>
+      <c r="F41" s="25"/>
+      <c r="G41" s="25"/>
+      <c r="H41" s="24"/>
+      <c r="I41" s="25"/>
+      <c r="J41" s="25"/>
+      <c r="K41" s="25"/>
+      <c r="L41" s="25"/>
+      <c r="M41" s="25"/>
+      <c r="N41" s="25"/>
     </row>
     <row r="42" spans="1:14">
-      <c r="A42" s="21"/>
-[...12 lines deleted...]
-      <c r="N42" s="22"/>
+      <c r="A42" s="24"/>
+      <c r="B42" s="25"/>
+      <c r="C42" s="25"/>
+      <c r="D42" s="25"/>
+      <c r="E42" s="24"/>
+      <c r="F42" s="25"/>
+      <c r="G42" s="25"/>
+      <c r="H42" s="24"/>
+      <c r="I42" s="25"/>
+      <c r="J42" s="25"/>
+      <c r="K42" s="25"/>
+      <c r="L42" s="25"/>
+      <c r="M42" s="25"/>
+      <c r="N42" s="25"/>
     </row>
     <row r="43" spans="1:14">
-      <c r="A43" s="21"/>
-[...12 lines deleted...]
-      <c r="N43" s="22"/>
+      <c r="A43" s="24"/>
+      <c r="B43" s="25"/>
+      <c r="C43" s="25"/>
+      <c r="D43" s="25"/>
+      <c r="E43" s="24"/>
+      <c r="F43" s="25"/>
+      <c r="G43" s="25"/>
+      <c r="H43" s="24"/>
+      <c r="I43" s="25"/>
+      <c r="J43" s="25"/>
+      <c r="K43" s="25"/>
+      <c r="L43" s="25"/>
+      <c r="M43" s="25"/>
+      <c r="N43" s="25"/>
     </row>
     <row r="44" spans="1:14">
-      <c r="A44" s="21"/>
-[...12 lines deleted...]
-      <c r="N44" s="22"/>
+      <c r="A44" s="24"/>
+      <c r="B44" s="25"/>
+      <c r="C44" s="25"/>
+      <c r="D44" s="25"/>
+      <c r="E44" s="24"/>
+      <c r="F44" s="25"/>
+      <c r="G44" s="25"/>
+      <c r="H44" s="24"/>
+      <c r="I44" s="25"/>
+      <c r="J44" s="25"/>
+      <c r="K44" s="25"/>
+      <c r="L44" s="25"/>
+      <c r="M44" s="25"/>
+      <c r="N44" s="25"/>
     </row>
     <row r="45" spans="1:14">
-      <c r="A45" s="21"/>
-[...12 lines deleted...]
-      <c r="N45" s="22"/>
+      <c r="A45" s="24"/>
+      <c r="B45" s="25"/>
+      <c r="C45" s="25"/>
+      <c r="D45" s="25"/>
+      <c r="E45" s="24"/>
+      <c r="F45" s="25"/>
+      <c r="G45" s="25"/>
+      <c r="H45" s="24"/>
+      <c r="I45" s="25"/>
+      <c r="J45" s="25"/>
+      <c r="K45" s="25"/>
+      <c r="L45" s="25"/>
+      <c r="M45" s="25"/>
+      <c r="N45" s="25"/>
     </row>
     <row r="46" spans="1:14">
-      <c r="A46" s="21"/>
-[...12 lines deleted...]
-      <c r="N46" s="22"/>
+      <c r="A46" s="24"/>
+      <c r="B46" s="25"/>
+      <c r="C46" s="25"/>
+      <c r="D46" s="25"/>
+      <c r="E46" s="24"/>
+      <c r="F46" s="25"/>
+      <c r="G46" s="25"/>
+      <c r="H46" s="24"/>
+      <c r="I46" s="25"/>
+      <c r="J46" s="25"/>
+      <c r="K46" s="25"/>
+      <c r="L46" s="25"/>
+      <c r="M46" s="25"/>
+      <c r="N46" s="25"/>
     </row>
     <row r="47" spans="1:14">
-      <c r="A47" s="21"/>
-[...12 lines deleted...]
-      <c r="N47" s="22"/>
+      <c r="A47" s="24"/>
+      <c r="B47" s="25"/>
+      <c r="C47" s="25"/>
+      <c r="D47" s="25"/>
+      <c r="E47" s="24"/>
+      <c r="F47" s="25"/>
+      <c r="G47" s="25"/>
+      <c r="H47" s="24"/>
+      <c r="I47" s="25"/>
+      <c r="J47" s="25"/>
+      <c r="K47" s="25"/>
+      <c r="L47" s="25"/>
+      <c r="M47" s="25"/>
+      <c r="N47" s="25"/>
     </row>
     <row r="48" spans="1:14">
-      <c r="A48" s="21"/>
-[...12 lines deleted...]
-      <c r="N48" s="22"/>
+      <c r="A48" s="24"/>
+      <c r="B48" s="25"/>
+      <c r="C48" s="25"/>
+      <c r="D48" s="25"/>
+      <c r="E48" s="24"/>
+      <c r="F48" s="25"/>
+      <c r="G48" s="25"/>
+      <c r="H48" s="24"/>
+      <c r="I48" s="25"/>
+      <c r="J48" s="25"/>
+      <c r="K48" s="25"/>
+      <c r="L48" s="25"/>
+      <c r="M48" s="25"/>
+      <c r="N48" s="25"/>
     </row>
     <row r="49" spans="1:14">
-      <c r="A49" s="21"/>
-[...12 lines deleted...]
-      <c r="N49" s="22"/>
+      <c r="A49" s="24"/>
+      <c r="B49" s="25"/>
+      <c r="C49" s="25"/>
+      <c r="D49" s="25"/>
+      <c r="E49" s="24"/>
+      <c r="F49" s="25"/>
+      <c r="G49" s="25"/>
+      <c r="H49" s="24"/>
+      <c r="I49" s="25"/>
+      <c r="J49" s="25"/>
+      <c r="K49" s="25"/>
+      <c r="L49" s="25"/>
+      <c r="M49" s="25"/>
+      <c r="N49" s="25"/>
     </row>
     <row r="50" spans="1:14">
-      <c r="A50" s="21"/>
-[...12 lines deleted...]
-      <c r="N50" s="22"/>
+      <c r="A50" s="24"/>
+      <c r="B50" s="25"/>
+      <c r="C50" s="25"/>
+      <c r="D50" s="25"/>
+      <c r="E50" s="24"/>
+      <c r="F50" s="25"/>
+      <c r="G50" s="25"/>
+      <c r="H50" s="24"/>
+      <c r="I50" s="25"/>
+      <c r="J50" s="25"/>
+      <c r="K50" s="25"/>
+      <c r="L50" s="25"/>
+      <c r="M50" s="25"/>
+      <c r="N50" s="25"/>
     </row>
     <row r="51" spans="1:14">
-      <c r="A51" s="21"/>
-[...12 lines deleted...]
-      <c r="N51" s="22"/>
+      <c r="A51" s="24"/>
+      <c r="B51" s="25"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="25"/>
+      <c r="E51" s="24"/>
+      <c r="F51" s="25"/>
+      <c r="G51" s="25"/>
+      <c r="H51" s="24"/>
+      <c r="I51" s="25"/>
+      <c r="J51" s="25"/>
+      <c r="K51" s="25"/>
+      <c r="L51" s="25"/>
+      <c r="M51" s="25"/>
+      <c r="N51" s="25"/>
     </row>
     <row r="52" spans="1:14">
-      <c r="A52" s="21"/>
-[...12 lines deleted...]
-      <c r="N52" s="22"/>
+      <c r="A52" s="24"/>
+      <c r="B52" s="25"/>
+      <c r="C52" s="25"/>
+      <c r="D52" s="25"/>
+      <c r="E52" s="24"/>
+      <c r="F52" s="25"/>
+      <c r="G52" s="25"/>
+      <c r="H52" s="24"/>
+      <c r="I52" s="25"/>
+      <c r="J52" s="25"/>
+      <c r="K52" s="25"/>
+      <c r="L52" s="25"/>
+      <c r="M52" s="25"/>
+      <c r="N52" s="25"/>
     </row>
     <row r="53" spans="1:14">
-      <c r="A53" s="21"/>
-[...12 lines deleted...]
-      <c r="N53" s="22"/>
+      <c r="A53" s="24"/>
+      <c r="B53" s="25"/>
+      <c r="C53" s="25"/>
+      <c r="D53" s="25"/>
+      <c r="E53" s="24"/>
+      <c r="F53" s="25"/>
+      <c r="G53" s="25"/>
+      <c r="H53" s="24"/>
+      <c r="I53" s="25"/>
+      <c r="J53" s="25"/>
+      <c r="K53" s="25"/>
+      <c r="L53" s="25"/>
+      <c r="M53" s="25"/>
+      <c r="N53" s="25"/>
     </row>
     <row r="54" spans="1:14">
-      <c r="A54" s="21"/>
-[...12 lines deleted...]
-      <c r="N54" s="22"/>
+      <c r="A54" s="24"/>
+      <c r="B54" s="25"/>
+      <c r="C54" s="25"/>
+      <c r="D54" s="25"/>
+      <c r="E54" s="24"/>
+      <c r="F54" s="25"/>
+      <c r="G54" s="25"/>
+      <c r="H54" s="24"/>
+      <c r="I54" s="25"/>
+      <c r="J54" s="25"/>
+      <c r="K54" s="25"/>
+      <c r="L54" s="25"/>
+      <c r="M54" s="25"/>
+      <c r="N54" s="25"/>
     </row>
     <row r="55" spans="1:14">
-      <c r="A55" s="21"/>
-[...12 lines deleted...]
-      <c r="N55" s="22"/>
+      <c r="A55" s="24"/>
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="25"/>
+      <c r="E55" s="24"/>
+      <c r="F55" s="25"/>
+      <c r="G55" s="25"/>
+      <c r="H55" s="24"/>
+      <c r="I55" s="25"/>
+      <c r="J55" s="25"/>
+      <c r="K55" s="25"/>
+      <c r="L55" s="25"/>
+      <c r="M55" s="25"/>
+      <c r="N55" s="25"/>
     </row>
     <row r="56" spans="1:14">
-      <c r="A56" s="21"/>
-[...12 lines deleted...]
-      <c r="N56" s="22"/>
+      <c r="A56" s="24"/>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25"/>
+      <c r="D56" s="25"/>
+      <c r="E56" s="24"/>
+      <c r="F56" s="25"/>
+      <c r="G56" s="25"/>
+      <c r="H56" s="24"/>
+      <c r="I56" s="25"/>
+      <c r="J56" s="25"/>
+      <c r="K56" s="25"/>
+      <c r="L56" s="25"/>
+      <c r="M56" s="25"/>
+      <c r="N56" s="25"/>
     </row>
     <row r="57" spans="1:14">
-      <c r="A57" s="21"/>
-[...12 lines deleted...]
-      <c r="N57" s="22"/>
+      <c r="A57" s="24"/>
+      <c r="B57" s="25"/>
+      <c r="C57" s="25"/>
+      <c r="D57" s="25"/>
+      <c r="E57" s="24"/>
+      <c r="F57" s="25"/>
+      <c r="G57" s="25"/>
+      <c r="H57" s="24"/>
+      <c r="I57" s="25"/>
+      <c r="J57" s="25"/>
+      <c r="K57" s="25"/>
+      <c r="L57" s="25"/>
+      <c r="M57" s="25"/>
+      <c r="N57" s="25"/>
     </row>
     <row r="58" spans="1:14">
-      <c r="A58" s="21"/>
-[...12 lines deleted...]
-      <c r="N58" s="22"/>
+      <c r="A58" s="24"/>
+      <c r="B58" s="25"/>
+      <c r="C58" s="25"/>
+      <c r="D58" s="25"/>
+      <c r="E58" s="24"/>
+      <c r="F58" s="25"/>
+      <c r="G58" s="25"/>
+      <c r="H58" s="24"/>
+      <c r="I58" s="25"/>
+      <c r="J58" s="25"/>
+      <c r="K58" s="25"/>
+      <c r="L58" s="25"/>
+      <c r="M58" s="25"/>
+      <c r="N58" s="25"/>
     </row>
     <row r="59" spans="1:14">
-      <c r="A59" s="21"/>
-[...12 lines deleted...]
-      <c r="N59" s="22"/>
+      <c r="A59" s="24"/>
+      <c r="B59" s="25"/>
+      <c r="C59" s="25"/>
+      <c r="D59" s="25"/>
+      <c r="E59" s="24"/>
+      <c r="F59" s="25"/>
+      <c r="G59" s="25"/>
+      <c r="H59" s="24"/>
+      <c r="I59" s="25"/>
+      <c r="J59" s="25"/>
+      <c r="K59" s="25"/>
+      <c r="L59" s="25"/>
+      <c r="M59" s="25"/>
+      <c r="N59" s="25"/>
     </row>
     <row r="60" spans="1:14">
-      <c r="A60" s="21"/>
-[...12 lines deleted...]
-      <c r="N60" s="22"/>
+      <c r="A60" s="24"/>
+      <c r="B60" s="25"/>
+      <c r="C60" s="25"/>
+      <c r="D60" s="25"/>
+      <c r="E60" s="24"/>
+      <c r="F60" s="25"/>
+      <c r="G60" s="25"/>
+      <c r="H60" s="24"/>
+      <c r="I60" s="25"/>
+      <c r="J60" s="25"/>
+      <c r="K60" s="25"/>
+      <c r="L60" s="25"/>
+      <c r="M60" s="25"/>
+      <c r="N60" s="25"/>
     </row>
     <row r="61" spans="1:14">
-      <c r="A61" s="21"/>
-[...12 lines deleted...]
-      <c r="N61" s="22"/>
+      <c r="A61" s="24"/>
+      <c r="B61" s="25"/>
+      <c r="C61" s="25"/>
+      <c r="D61" s="25"/>
+      <c r="E61" s="24"/>
+      <c r="F61" s="25"/>
+      <c r="G61" s="25"/>
+      <c r="H61" s="24"/>
+      <c r="I61" s="25"/>
+      <c r="J61" s="25"/>
+      <c r="K61" s="25"/>
+      <c r="L61" s="25"/>
+      <c r="M61" s="25"/>
+      <c r="N61" s="25"/>
     </row>
     <row r="62" spans="1:14">
-      <c r="A62" s="21"/>
-[...12 lines deleted...]
-      <c r="N62" s="22"/>
+      <c r="A62" s="24"/>
+      <c r="B62" s="25"/>
+      <c r="C62" s="25"/>
+      <c r="D62" s="25"/>
+      <c r="E62" s="24"/>
+      <c r="F62" s="25"/>
+      <c r="G62" s="25"/>
+      <c r="H62" s="24"/>
+      <c r="I62" s="25"/>
+      <c r="J62" s="25"/>
+      <c r="K62" s="25"/>
+      <c r="L62" s="25"/>
+      <c r="M62" s="25"/>
+      <c r="N62" s="25"/>
     </row>
     <row r="63" spans="1:14">
-      <c r="A63" s="21"/>
-[...12 lines deleted...]
-      <c r="N63" s="22"/>
+      <c r="A63" s="24"/>
+      <c r="B63" s="25"/>
+      <c r="C63" s="25"/>
+      <c r="D63" s="25"/>
+      <c r="E63" s="24"/>
+      <c r="F63" s="25"/>
+      <c r="G63" s="25"/>
+      <c r="H63" s="24"/>
+      <c r="I63" s="25"/>
+      <c r="J63" s="25"/>
+      <c r="K63" s="25"/>
+      <c r="L63" s="25"/>
+      <c r="M63" s="25"/>
+      <c r="N63" s="25"/>
     </row>
     <row r="64" spans="1:14">
-      <c r="A64" s="21"/>
-[...12 lines deleted...]
-      <c r="N64" s="22"/>
+      <c r="A64" s="24"/>
+      <c r="B64" s="25"/>
+      <c r="C64" s="25"/>
+      <c r="D64" s="25"/>
+      <c r="E64" s="24"/>
+      <c r="F64" s="25"/>
+      <c r="G64" s="25"/>
+      <c r="H64" s="24"/>
+      <c r="I64" s="25"/>
+      <c r="J64" s="25"/>
+      <c r="K64" s="25"/>
+      <c r="L64" s="25"/>
+      <c r="M64" s="25"/>
+      <c r="N64" s="25"/>
     </row>
     <row r="65" spans="1:14">
-      <c r="A65" s="21"/>
-[...12 lines deleted...]
-      <c r="N65" s="22"/>
+      <c r="A65" s="24"/>
+      <c r="B65" s="25"/>
+      <c r="C65" s="25"/>
+      <c r="D65" s="25"/>
+      <c r="E65" s="24"/>
+      <c r="F65" s="25"/>
+      <c r="G65" s="25"/>
+      <c r="H65" s="24"/>
+      <c r="I65" s="25"/>
+      <c r="J65" s="25"/>
+      <c r="K65" s="25"/>
+      <c r="L65" s="25"/>
+      <c r="M65" s="25"/>
+      <c r="N65" s="25"/>
     </row>
     <row r="66" spans="1:14">
-      <c r="A66" s="21"/>
-[...12 lines deleted...]
-      <c r="N66" s="22"/>
+      <c r="A66" s="24"/>
+      <c r="B66" s="25"/>
+      <c r="C66" s="25"/>
+      <c r="D66" s="25"/>
+      <c r="E66" s="24"/>
+      <c r="F66" s="25"/>
+      <c r="G66" s="25"/>
+      <c r="H66" s="24"/>
+      <c r="I66" s="25"/>
+      <c r="J66" s="25"/>
+      <c r="K66" s="25"/>
+      <c r="L66" s="25"/>
+      <c r="M66" s="25"/>
+      <c r="N66" s="25"/>
     </row>
     <row r="67" spans="1:14">
-      <c r="A67" s="21"/>
-[...12 lines deleted...]
-      <c r="N67" s="22"/>
+      <c r="A67" s="24"/>
+      <c r="B67" s="25"/>
+      <c r="C67" s="25"/>
+      <c r="D67" s="25"/>
+      <c r="E67" s="24"/>
+      <c r="F67" s="25"/>
+      <c r="G67" s="25"/>
+      <c r="H67" s="24"/>
+      <c r="I67" s="25"/>
+      <c r="J67" s="25"/>
+      <c r="K67" s="25"/>
+      <c r="L67" s="25"/>
+      <c r="M67" s="25"/>
+      <c r="N67" s="25"/>
     </row>
     <row r="68" spans="1:14">
-      <c r="A68" s="21"/>
-[...12 lines deleted...]
-      <c r="N68" s="22"/>
+      <c r="A68" s="24"/>
+      <c r="B68" s="25"/>
+      <c r="C68" s="25"/>
+      <c r="D68" s="25"/>
+      <c r="E68" s="24"/>
+      <c r="F68" s="25"/>
+      <c r="G68" s="25"/>
+      <c r="H68" s="24"/>
+      <c r="I68" s="25"/>
+      <c r="J68" s="25"/>
+      <c r="K68" s="25"/>
+      <c r="L68" s="25"/>
+      <c r="M68" s="25"/>
+      <c r="N68" s="25"/>
     </row>
     <row r="69" spans="1:14">
-      <c r="A69" s="21"/>
-[...12 lines deleted...]
-      <c r="N69" s="22"/>
+      <c r="A69" s="24"/>
+      <c r="B69" s="25"/>
+      <c r="C69" s="25"/>
+      <c r="D69" s="25"/>
+      <c r="E69" s="24"/>
+      <c r="F69" s="25"/>
+      <c r="G69" s="25"/>
+      <c r="H69" s="24"/>
+      <c r="I69" s="25"/>
+      <c r="J69" s="25"/>
+      <c r="K69" s="25"/>
+      <c r="L69" s="25"/>
+      <c r="M69" s="25"/>
+      <c r="N69" s="25"/>
     </row>
     <row r="70" spans="1:14">
-      <c r="A70" s="21"/>
-[...12 lines deleted...]
-      <c r="N70" s="22"/>
+      <c r="A70" s="24"/>
+      <c r="B70" s="25"/>
+      <c r="C70" s="25"/>
+      <c r="D70" s="25"/>
+      <c r="E70" s="24"/>
+      <c r="F70" s="25"/>
+      <c r="G70" s="25"/>
+      <c r="H70" s="24"/>
+      <c r="I70" s="25"/>
+      <c r="J70" s="25"/>
+      <c r="K70" s="25"/>
+      <c r="L70" s="25"/>
+      <c r="M70" s="25"/>
+      <c r="N70" s="25"/>
     </row>
     <row r="71" spans="1:14">
-      <c r="A71" s="21"/>
-[...12 lines deleted...]
-      <c r="N71" s="22"/>
+      <c r="A71" s="24"/>
+      <c r="B71" s="25"/>
+      <c r="C71" s="25"/>
+      <c r="D71" s="25"/>
+      <c r="E71" s="24"/>
+      <c r="F71" s="25"/>
+      <c r="G71" s="25"/>
+      <c r="H71" s="24"/>
+      <c r="I71" s="25"/>
+      <c r="J71" s="25"/>
+      <c r="K71" s="25"/>
+      <c r="L71" s="25"/>
+      <c r="M71" s="25"/>
+      <c r="N71" s="25"/>
     </row>
     <row r="72" spans="1:14">
-      <c r="A72" s="21"/>
-[...12 lines deleted...]
-      <c r="N72" s="22"/>
+      <c r="A72" s="24"/>
+      <c r="B72" s="25"/>
+      <c r="C72" s="25"/>
+      <c r="D72" s="25"/>
+      <c r="E72" s="24"/>
+      <c r="F72" s="25"/>
+      <c r="G72" s="25"/>
+      <c r="H72" s="24"/>
+      <c r="I72" s="25"/>
+      <c r="J72" s="25"/>
+      <c r="K72" s="25"/>
+      <c r="L72" s="25"/>
+      <c r="M72" s="25"/>
+      <c r="N72" s="25"/>
     </row>
     <row r="73" spans="1:14">
-      <c r="A73" s="21"/>
-[...12 lines deleted...]
-      <c r="N73" s="22"/>
+      <c r="A73" s="24"/>
+      <c r="B73" s="25"/>
+      <c r="C73" s="25"/>
+      <c r="D73" s="25"/>
+      <c r="E73" s="24"/>
+      <c r="F73" s="25"/>
+      <c r="G73" s="25"/>
+      <c r="H73" s="24"/>
+      <c r="I73" s="25"/>
+      <c r="J73" s="25"/>
+      <c r="K73" s="25"/>
+      <c r="L73" s="25"/>
+      <c r="M73" s="25"/>
+      <c r="N73" s="25"/>
     </row>
     <row r="74" spans="1:14">
-      <c r="A74" s="21"/>
-[...12 lines deleted...]
-      <c r="N74" s="22"/>
+      <c r="A74" s="24"/>
+      <c r="B74" s="25"/>
+      <c r="C74" s="25"/>
+      <c r="D74" s="25"/>
+      <c r="E74" s="24"/>
+      <c r="F74" s="25"/>
+      <c r="G74" s="25"/>
+      <c r="H74" s="24"/>
+      <c r="I74" s="25"/>
+      <c r="J74" s="25"/>
+      <c r="K74" s="25"/>
+      <c r="L74" s="25"/>
+      <c r="M74" s="25"/>
+      <c r="N74" s="25"/>
     </row>
     <row r="75" spans="1:14">
-      <c r="A75" s="21"/>
-[...12 lines deleted...]
-      <c r="N75" s="22"/>
+      <c r="A75" s="24"/>
+      <c r="B75" s="25"/>
+      <c r="C75" s="25"/>
+      <c r="D75" s="25"/>
+      <c r="E75" s="24"/>
+      <c r="F75" s="25"/>
+      <c r="G75" s="25"/>
+      <c r="H75" s="24"/>
+      <c r="I75" s="25"/>
+      <c r="J75" s="25"/>
+      <c r="K75" s="25"/>
+      <c r="L75" s="25"/>
+      <c r="M75" s="25"/>
+      <c r="N75" s="25"/>
     </row>
     <row r="76" spans="1:14">
-      <c r="A76" s="21"/>
-[...12 lines deleted...]
-      <c r="N76" s="22"/>
+      <c r="A76" s="24"/>
+      <c r="B76" s="25"/>
+      <c r="C76" s="25"/>
+      <c r="D76" s="25"/>
+      <c r="E76" s="24"/>
+      <c r="F76" s="25"/>
+      <c r="G76" s="25"/>
+      <c r="H76" s="24"/>
+      <c r="I76" s="25"/>
+      <c r="J76" s="25"/>
+      <c r="K76" s="25"/>
+      <c r="L76" s="25"/>
+      <c r="M76" s="25"/>
+      <c r="N76" s="25"/>
     </row>
     <row r="77" spans="1:14">
-      <c r="A77" s="21"/>
-[...12 lines deleted...]
-      <c r="N77" s="22"/>
+      <c r="A77" s="24"/>
+      <c r="B77" s="25"/>
+      <c r="C77" s="25"/>
+      <c r="D77" s="25"/>
+      <c r="E77" s="24"/>
+      <c r="F77" s="25"/>
+      <c r="G77" s="25"/>
+      <c r="H77" s="24"/>
+      <c r="I77" s="25"/>
+      <c r="J77" s="25"/>
+      <c r="K77" s="25"/>
+      <c r="L77" s="25"/>
+      <c r="M77" s="25"/>
+      <c r="N77" s="25"/>
     </row>
     <row r="78" spans="1:14">
-      <c r="A78" s="21"/>
-[...12 lines deleted...]
-      <c r="N78" s="22"/>
+      <c r="A78" s="24"/>
+      <c r="B78" s="25"/>
+      <c r="C78" s="25"/>
+      <c r="D78" s="25"/>
+      <c r="E78" s="24"/>
+      <c r="F78" s="25"/>
+      <c r="G78" s="25"/>
+      <c r="H78" s="24"/>
+      <c r="I78" s="25"/>
+      <c r="J78" s="25"/>
+      <c r="K78" s="25"/>
+      <c r="L78" s="25"/>
+      <c r="M78" s="25"/>
+      <c r="N78" s="25"/>
     </row>
     <row r="79" spans="1:14">
-      <c r="A79" s="21"/>
-[...12 lines deleted...]
-      <c r="N79" s="22"/>
+      <c r="A79" s="24"/>
+      <c r="B79" s="25"/>
+      <c r="C79" s="25"/>
+      <c r="D79" s="25"/>
+      <c r="E79" s="24"/>
+      <c r="F79" s="25"/>
+      <c r="G79" s="25"/>
+      <c r="H79" s="24"/>
+      <c r="I79" s="25"/>
+      <c r="J79" s="25"/>
+      <c r="K79" s="25"/>
+      <c r="L79" s="25"/>
+      <c r="M79" s="25"/>
+      <c r="N79" s="25"/>
     </row>
     <row r="80" spans="1:14">
-      <c r="A80" s="21"/>
-[...12 lines deleted...]
-      <c r="N80" s="22"/>
+      <c r="A80" s="24"/>
+      <c r="B80" s="25"/>
+      <c r="C80" s="25"/>
+      <c r="D80" s="25"/>
+      <c r="E80" s="24"/>
+      <c r="F80" s="25"/>
+      <c r="G80" s="25"/>
+      <c r="H80" s="24"/>
+      <c r="I80" s="25"/>
+      <c r="J80" s="25"/>
+      <c r="K80" s="25"/>
+      <c r="L80" s="25"/>
+      <c r="M80" s="25"/>
+      <c r="N80" s="25"/>
     </row>
     <row r="81" spans="1:14">
-      <c r="A81" s="21"/>
-[...12 lines deleted...]
-      <c r="N81" s="22"/>
+      <c r="A81" s="24"/>
+      <c r="B81" s="25"/>
+      <c r="C81" s="25"/>
+      <c r="D81" s="25"/>
+      <c r="E81" s="24"/>
+      <c r="F81" s="25"/>
+      <c r="G81" s="25"/>
+      <c r="H81" s="24"/>
+      <c r="I81" s="25"/>
+      <c r="J81" s="25"/>
+      <c r="K81" s="25"/>
+      <c r="L81" s="25"/>
+      <c r="M81" s="25"/>
+      <c r="N81" s="25"/>
     </row>
     <row r="82" spans="1:14">
-      <c r="A82" s="21"/>
-[...12 lines deleted...]
-      <c r="N82" s="22"/>
+      <c r="A82" s="24"/>
+      <c r="B82" s="25"/>
+      <c r="C82" s="25"/>
+      <c r="D82" s="25"/>
+      <c r="E82" s="24"/>
+      <c r="F82" s="25"/>
+      <c r="G82" s="25"/>
+      <c r="H82" s="24"/>
+      <c r="I82" s="25"/>
+      <c r="J82" s="25"/>
+      <c r="K82" s="25"/>
+      <c r="L82" s="25"/>
+      <c r="M82" s="25"/>
+      <c r="N82" s="25"/>
     </row>
     <row r="83" spans="1:14">
-      <c r="A83" s="21"/>
-[...12 lines deleted...]
-      <c r="N83" s="22"/>
+      <c r="A83" s="24"/>
+      <c r="B83" s="25"/>
+      <c r="C83" s="25"/>
+      <c r="D83" s="25"/>
+      <c r="E83" s="24"/>
+      <c r="F83" s="25"/>
+      <c r="G83" s="25"/>
+      <c r="H83" s="24"/>
+      <c r="I83" s="25"/>
+      <c r="J83" s="25"/>
+      <c r="K83" s="25"/>
+      <c r="L83" s="25"/>
+      <c r="M83" s="25"/>
+      <c r="N83" s="25"/>
     </row>
     <row r="84" spans="1:14">
-      <c r="A84" s="21"/>
-[...12 lines deleted...]
-      <c r="N84" s="22"/>
+      <c r="A84" s="24"/>
+      <c r="B84" s="25"/>
+      <c r="C84" s="25"/>
+      <c r="D84" s="25"/>
+      <c r="E84" s="24"/>
+      <c r="F84" s="25"/>
+      <c r="G84" s="25"/>
+      <c r="H84" s="24"/>
+      <c r="I84" s="25"/>
+      <c r="J84" s="25"/>
+      <c r="K84" s="25"/>
+      <c r="L84" s="25"/>
+      <c r="M84" s="25"/>
+      <c r="N84" s="25"/>
     </row>
     <row r="85" spans="1:14">
-      <c r="A85" s="21"/>
-[...12 lines deleted...]
-      <c r="N85" s="22"/>
+      <c r="A85" s="24"/>
+      <c r="B85" s="25"/>
+      <c r="C85" s="25"/>
+      <c r="D85" s="25"/>
+      <c r="E85" s="24"/>
+      <c r="F85" s="25"/>
+      <c r="G85" s="25"/>
+      <c r="H85" s="24"/>
+      <c r="I85" s="25"/>
+      <c r="J85" s="25"/>
+      <c r="K85" s="25"/>
+      <c r="L85" s="25"/>
+      <c r="M85" s="25"/>
+      <c r="N85" s="25"/>
     </row>
     <row r="86" spans="1:14">
-      <c r="A86" s="21"/>
-[...12 lines deleted...]
-      <c r="N86" s="22"/>
+      <c r="A86" s="24"/>
+      <c r="B86" s="25"/>
+      <c r="C86" s="25"/>
+      <c r="D86" s="25"/>
+      <c r="E86" s="24"/>
+      <c r="F86" s="25"/>
+      <c r="G86" s="25"/>
+      <c r="H86" s="24"/>
+      <c r="I86" s="25"/>
+      <c r="J86" s="25"/>
+      <c r="K86" s="25"/>
+      <c r="L86" s="25"/>
+      <c r="M86" s="25"/>
+      <c r="N86" s="25"/>
     </row>
     <row r="87" spans="1:14">
-      <c r="A87" s="21"/>
-[...12 lines deleted...]
-      <c r="N87" s="22"/>
+      <c r="A87" s="24"/>
+      <c r="B87" s="25"/>
+      <c r="C87" s="25"/>
+      <c r="D87" s="25"/>
+      <c r="E87" s="24"/>
+      <c r="F87" s="25"/>
+      <c r="G87" s="25"/>
+      <c r="H87" s="24"/>
+      <c r="I87" s="25"/>
+      <c r="J87" s="25"/>
+      <c r="K87" s="25"/>
+      <c r="L87" s="25"/>
+      <c r="M87" s="25"/>
+      <c r="N87" s="25"/>
     </row>
     <row r="88" spans="1:14">
-      <c r="A88" s="21"/>
-[...12 lines deleted...]
-      <c r="N88" s="22"/>
+      <c r="A88" s="24"/>
+      <c r="B88" s="25"/>
+      <c r="C88" s="25"/>
+      <c r="D88" s="25"/>
+      <c r="E88" s="24"/>
+      <c r="F88" s="25"/>
+      <c r="G88" s="25"/>
+      <c r="H88" s="24"/>
+      <c r="I88" s="25"/>
+      <c r="J88" s="25"/>
+      <c r="K88" s="25"/>
+      <c r="L88" s="25"/>
+      <c r="M88" s="25"/>
+      <c r="N88" s="25"/>
     </row>
     <row r="89" spans="1:14">
-      <c r="A89" s="21"/>
-[...12 lines deleted...]
-      <c r="N89" s="22"/>
+      <c r="A89" s="24"/>
+      <c r="B89" s="25"/>
+      <c r="C89" s="25"/>
+      <c r="D89" s="25"/>
+      <c r="E89" s="24"/>
+      <c r="F89" s="25"/>
+      <c r="G89" s="25"/>
+      <c r="H89" s="24"/>
+      <c r="I89" s="25"/>
+      <c r="J89" s="25"/>
+      <c r="K89" s="25"/>
+      <c r="L89" s="25"/>
+      <c r="M89" s="25"/>
+      <c r="N89" s="25"/>
     </row>
     <row r="90" spans="1:14">
-      <c r="A90" s="21"/>
-[...12 lines deleted...]
-      <c r="N90" s="22"/>
+      <c r="A90" s="24"/>
+      <c r="B90" s="25"/>
+      <c r="C90" s="25"/>
+      <c r="D90" s="25"/>
+      <c r="E90" s="24"/>
+      <c r="F90" s="25"/>
+      <c r="G90" s="25"/>
+      <c r="H90" s="24"/>
+      <c r="I90" s="25"/>
+      <c r="J90" s="25"/>
+      <c r="K90" s="25"/>
+      <c r="L90" s="25"/>
+      <c r="M90" s="25"/>
+      <c r="N90" s="25"/>
     </row>
     <row r="91" spans="1:14">
-      <c r="A91" s="21"/>
-[...12 lines deleted...]
-      <c r="N91" s="22"/>
+      <c r="A91" s="24"/>
+      <c r="B91" s="25"/>
+      <c r="C91" s="25"/>
+      <c r="D91" s="25"/>
+      <c r="E91" s="24"/>
+      <c r="F91" s="25"/>
+      <c r="G91" s="25"/>
+      <c r="H91" s="24"/>
+      <c r="I91" s="25"/>
+      <c r="J91" s="25"/>
+      <c r="K91" s="25"/>
+      <c r="L91" s="25"/>
+      <c r="M91" s="25"/>
+      <c r="N91" s="25"/>
     </row>
     <row r="92" spans="1:14">
-      <c r="A92" s="21"/>
-[...12 lines deleted...]
-      <c r="N92" s="22"/>
+      <c r="A92" s="24"/>
+      <c r="B92" s="25"/>
+      <c r="C92" s="25"/>
+      <c r="D92" s="25"/>
+      <c r="E92" s="24"/>
+      <c r="F92" s="25"/>
+      <c r="G92" s="25"/>
+      <c r="H92" s="24"/>
+      <c r="I92" s="25"/>
+      <c r="J92" s="25"/>
+      <c r="K92" s="25"/>
+      <c r="L92" s="25"/>
+      <c r="M92" s="25"/>
+      <c r="N92" s="25"/>
     </row>
     <row r="93" spans="1:14">
-      <c r="A93" s="21"/>
-[...12 lines deleted...]
-      <c r="N93" s="22"/>
+      <c r="A93" s="24"/>
+      <c r="B93" s="25"/>
+      <c r="C93" s="25"/>
+      <c r="D93" s="25"/>
+      <c r="E93" s="24"/>
+      <c r="F93" s="25"/>
+      <c r="G93" s="25"/>
+      <c r="H93" s="24"/>
+      <c r="I93" s="25"/>
+      <c r="J93" s="25"/>
+      <c r="K93" s="25"/>
+      <c r="L93" s="25"/>
+      <c r="M93" s="25"/>
+      <c r="N93" s="25"/>
     </row>
     <row r="94" spans="1:14">
-      <c r="A94" s="21"/>
-[...12 lines deleted...]
-      <c r="N94" s="22"/>
+      <c r="A94" s="24"/>
+      <c r="B94" s="25"/>
+      <c r="C94" s="25"/>
+      <c r="D94" s="25"/>
+      <c r="E94" s="24"/>
+      <c r="F94" s="25"/>
+      <c r="G94" s="25"/>
+      <c r="H94" s="24"/>
+      <c r="I94" s="25"/>
+      <c r="J94" s="25"/>
+      <c r="K94" s="25"/>
+      <c r="L94" s="25"/>
+      <c r="M94" s="25"/>
+      <c r="N94" s="25"/>
     </row>
     <row r="95" spans="1:14">
-      <c r="A95" s="21"/>
-[...12 lines deleted...]
-      <c r="N95" s="22"/>
+      <c r="A95" s="24"/>
+      <c r="B95" s="25"/>
+      <c r="C95" s="25"/>
+      <c r="D95" s="25"/>
+      <c r="E95" s="24"/>
+      <c r="F95" s="25"/>
+      <c r="G95" s="25"/>
+      <c r="H95" s="24"/>
+      <c r="I95" s="25"/>
+      <c r="J95" s="25"/>
+      <c r="K95" s="25"/>
+      <c r="L95" s="25"/>
+      <c r="M95" s="25"/>
+      <c r="N95" s="25"/>
     </row>
     <row r="96" spans="1:14">
-      <c r="A96" s="21"/>
-[...12 lines deleted...]
-      <c r="N96" s="22"/>
+      <c r="A96" s="24"/>
+      <c r="B96" s="25"/>
+      <c r="C96" s="25"/>
+      <c r="D96" s="25"/>
+      <c r="E96" s="24"/>
+      <c r="F96" s="25"/>
+      <c r="G96" s="25"/>
+      <c r="H96" s="24"/>
+      <c r="I96" s="25"/>
+      <c r="J96" s="25"/>
+      <c r="K96" s="25"/>
+      <c r="L96" s="25"/>
+      <c r="M96" s="25"/>
+      <c r="N96" s="25"/>
     </row>
     <row r="97" spans="1:14">
-      <c r="A97" s="21"/>
-[...12 lines deleted...]
-      <c r="N97" s="22"/>
+      <c r="A97" s="24"/>
+      <c r="B97" s="25"/>
+      <c r="C97" s="25"/>
+      <c r="D97" s="25"/>
+      <c r="E97" s="24"/>
+      <c r="F97" s="25"/>
+      <c r="G97" s="25"/>
+      <c r="H97" s="24"/>
+      <c r="I97" s="25"/>
+      <c r="J97" s="25"/>
+      <c r="K97" s="25"/>
+      <c r="L97" s="25"/>
+      <c r="M97" s="25"/>
+      <c r="N97" s="25"/>
     </row>
     <row r="98" spans="1:14">
-      <c r="A98" s="21"/>
-[...12 lines deleted...]
-      <c r="N98" s="22"/>
+      <c r="A98" s="24"/>
+      <c r="B98" s="25"/>
+      <c r="C98" s="25"/>
+      <c r="D98" s="25"/>
+      <c r="E98" s="24"/>
+      <c r="F98" s="25"/>
+      <c r="G98" s="25"/>
+      <c r="H98" s="24"/>
+      <c r="I98" s="25"/>
+      <c r="J98" s="25"/>
+      <c r="K98" s="25"/>
+      <c r="L98" s="25"/>
+      <c r="M98" s="25"/>
+      <c r="N98" s="25"/>
     </row>
     <row r="99" spans="1:14">
-      <c r="A99" s="21"/>
-[...12 lines deleted...]
-      <c r="N99" s="22"/>
+      <c r="A99" s="24"/>
+      <c r="B99" s="25"/>
+      <c r="C99" s="25"/>
+      <c r="D99" s="25"/>
+      <c r="E99" s="24"/>
+      <c r="F99" s="25"/>
+      <c r="G99" s="25"/>
+      <c r="H99" s="24"/>
+      <c r="I99" s="25"/>
+      <c r="J99" s="25"/>
+      <c r="K99" s="25"/>
+      <c r="L99" s="25"/>
+      <c r="M99" s="25"/>
+      <c r="N99" s="25"/>
     </row>
     <row r="100" spans="1:14">
-      <c r="A100" s="21"/>
-[...12 lines deleted...]
-      <c r="N100" s="22"/>
+      <c r="A100" s="24"/>
+      <c r="B100" s="25"/>
+      <c r="C100" s="25"/>
+      <c r="D100" s="25"/>
+      <c r="E100" s="24"/>
+      <c r="F100" s="25"/>
+      <c r="G100" s="25"/>
+      <c r="H100" s="24"/>
+      <c r="I100" s="25"/>
+      <c r="J100" s="25"/>
+      <c r="K100" s="25"/>
+      <c r="L100" s="25"/>
+      <c r="M100" s="25"/>
+      <c r="N100" s="25"/>
     </row>
     <row r="101" spans="1:14">
-      <c r="A101" s="21"/>
-[...12 lines deleted...]
-      <c r="N101" s="22"/>
+      <c r="A101" s="24"/>
+      <c r="B101" s="25"/>
+      <c r="C101" s="25"/>
+      <c r="D101" s="25"/>
+      <c r="E101" s="24"/>
+      <c r="F101" s="25"/>
+      <c r="G101" s="25"/>
+      <c r="H101" s="24"/>
+      <c r="I101" s="25"/>
+      <c r="J101" s="25"/>
+      <c r="K101" s="25"/>
+      <c r="L101" s="25"/>
+      <c r="M101" s="25"/>
+      <c r="N101" s="25"/>
     </row>
     <row r="102" spans="1:14">
-      <c r="A102" s="21"/>
-[...12 lines deleted...]
-      <c r="N102" s="22"/>
+      <c r="A102" s="24"/>
+      <c r="B102" s="25"/>
+      <c r="C102" s="25"/>
+      <c r="D102" s="25"/>
+      <c r="E102" s="24"/>
+      <c r="F102" s="25"/>
+      <c r="G102" s="25"/>
+      <c r="H102" s="24"/>
+      <c r="I102" s="25"/>
+      <c r="J102" s="25"/>
+      <c r="K102" s="25"/>
+      <c r="L102" s="25"/>
+      <c r="M102" s="25"/>
+      <c r="N102" s="25"/>
     </row>
     <row r="103" spans="1:14">
-      <c r="A103" s="21"/>
-[...12 lines deleted...]
-      <c r="N103" s="22"/>
+      <c r="A103" s="24"/>
+      <c r="B103" s="25"/>
+      <c r="C103" s="25"/>
+      <c r="D103" s="25"/>
+      <c r="E103" s="24"/>
+      <c r="F103" s="25"/>
+      <c r="G103" s="25"/>
+      <c r="H103" s="24"/>
+      <c r="I103" s="25"/>
+      <c r="J103" s="25"/>
+      <c r="K103" s="25"/>
+      <c r="L103" s="25"/>
+      <c r="M103" s="25"/>
+      <c r="N103" s="25"/>
     </row>
     <row r="104" spans="1:14">
-      <c r="A104" s="21"/>
-[...12 lines deleted...]
-      <c r="N104" s="22"/>
+      <c r="A104" s="24"/>
+      <c r="B104" s="25"/>
+      <c r="C104" s="25"/>
+      <c r="D104" s="25"/>
+      <c r="E104" s="24"/>
+      <c r="F104" s="25"/>
+      <c r="G104" s="25"/>
+      <c r="H104" s="24"/>
+      <c r="I104" s="25"/>
+      <c r="J104" s="25"/>
+      <c r="K104" s="25"/>
+      <c r="L104" s="25"/>
+      <c r="M104" s="25"/>
+      <c r="N104" s="25"/>
     </row>
     <row r="105" spans="1:14">
-      <c r="A105" s="21"/>
-[...12 lines deleted...]
-      <c r="N105" s="22"/>
+      <c r="A105" s="24"/>
+      <c r="B105" s="25"/>
+      <c r="C105" s="25"/>
+      <c r="D105" s="25"/>
+      <c r="E105" s="24"/>
+      <c r="F105" s="25"/>
+      <c r="G105" s="25"/>
+      <c r="H105" s="24"/>
+      <c r="I105" s="25"/>
+      <c r="J105" s="25"/>
+      <c r="K105" s="25"/>
+      <c r="L105" s="25"/>
+      <c r="M105" s="25"/>
+      <c r="N105" s="25"/>
     </row>
     <row r="106" spans="1:14">
-      <c r="A106" s="21"/>
-[...12 lines deleted...]
-      <c r="N106" s="22"/>
+      <c r="A106" s="24"/>
+      <c r="B106" s="25"/>
+      <c r="C106" s="25"/>
+      <c r="D106" s="25"/>
+      <c r="E106" s="24"/>
+      <c r="F106" s="25"/>
+      <c r="G106" s="25"/>
+      <c r="H106" s="24"/>
+      <c r="I106" s="25"/>
+      <c r="J106" s="25"/>
+      <c r="K106" s="25"/>
+      <c r="L106" s="25"/>
+      <c r="M106" s="25"/>
+      <c r="N106" s="25"/>
     </row>
     <row r="107" spans="1:14">
-      <c r="A107" s="21"/>
-[...12 lines deleted...]
-      <c r="N107" s="22"/>
+      <c r="A107" s="24"/>
+      <c r="B107" s="25"/>
+      <c r="C107" s="25"/>
+      <c r="D107" s="25"/>
+      <c r="E107" s="24"/>
+      <c r="F107" s="25"/>
+      <c r="G107" s="25"/>
+      <c r="H107" s="24"/>
+      <c r="I107" s="25"/>
+      <c r="J107" s="25"/>
+      <c r="K107" s="25"/>
+      <c r="L107" s="25"/>
+      <c r="M107" s="25"/>
+      <c r="N107" s="25"/>
     </row>
     <row r="108" spans="1:14">
-      <c r="A108" s="21"/>
-[...12 lines deleted...]
-      <c r="N108" s="22"/>
+      <c r="A108" s="24"/>
+      <c r="B108" s="25"/>
+      <c r="C108" s="25"/>
+      <c r="D108" s="25"/>
+      <c r="E108" s="24"/>
+      <c r="F108" s="25"/>
+      <c r="G108" s="25"/>
+      <c r="H108" s="24"/>
+      <c r="I108" s="25"/>
+      <c r="J108" s="25"/>
+      <c r="K108" s="25"/>
+      <c r="L108" s="25"/>
+      <c r="M108" s="25"/>
+      <c r="N108" s="25"/>
     </row>
     <row r="109" spans="1:14">
-      <c r="A109" s="21"/>
-[...12 lines deleted...]
-      <c r="N109" s="22"/>
+      <c r="A109" s="24"/>
+      <c r="B109" s="25"/>
+      <c r="C109" s="25"/>
+      <c r="D109" s="25"/>
+      <c r="E109" s="24"/>
+      <c r="F109" s="25"/>
+      <c r="G109" s="25"/>
+      <c r="H109" s="24"/>
+      <c r="I109" s="25"/>
+      <c r="J109" s="25"/>
+      <c r="K109" s="25"/>
+      <c r="L109" s="25"/>
+      <c r="M109" s="25"/>
+      <c r="N109" s="25"/>
     </row>
     <row r="110" spans="1:14">
-      <c r="A110" s="21"/>
-[...12 lines deleted...]
-      <c r="N110" s="22"/>
+      <c r="A110" s="24"/>
+      <c r="B110" s="25"/>
+      <c r="C110" s="25"/>
+      <c r="D110" s="25"/>
+      <c r="E110" s="24"/>
+      <c r="F110" s="25"/>
+      <c r="G110" s="25"/>
+      <c r="H110" s="24"/>
+      <c r="I110" s="25"/>
+      <c r="J110" s="25"/>
+      <c r="K110" s="25"/>
+      <c r="L110" s="25"/>
+      <c r="M110" s="25"/>
+      <c r="N110" s="25"/>
     </row>
     <row r="111" spans="1:14">
-      <c r="A111" s="21"/>
-[...12 lines deleted...]
-      <c r="N111" s="22"/>
+      <c r="A111" s="24"/>
+      <c r="B111" s="25"/>
+      <c r="C111" s="25"/>
+      <c r="D111" s="25"/>
+      <c r="E111" s="24"/>
+      <c r="F111" s="25"/>
+      <c r="G111" s="25"/>
+      <c r="H111" s="24"/>
+      <c r="I111" s="25"/>
+      <c r="J111" s="25"/>
+      <c r="K111" s="25"/>
+      <c r="L111" s="25"/>
+      <c r="M111" s="25"/>
+      <c r="N111" s="25"/>
     </row>
     <row r="112" spans="1:14">
-      <c r="A112" s="21"/>
-[...12 lines deleted...]
-      <c r="N112" s="22"/>
+      <c r="A112" s="24"/>
+      <c r="B112" s="25"/>
+      <c r="C112" s="25"/>
+      <c r="D112" s="25"/>
+      <c r="E112" s="24"/>
+      <c r="F112" s="25"/>
+      <c r="G112" s="25"/>
+      <c r="H112" s="24"/>
+      <c r="I112" s="25"/>
+      <c r="J112" s="25"/>
+      <c r="K112" s="25"/>
+      <c r="L112" s="25"/>
+      <c r="M112" s="25"/>
+      <c r="N112" s="25"/>
     </row>
     <row r="113" spans="1:14">
-      <c r="A113" s="21"/>
-[...12 lines deleted...]
-      <c r="N113" s="22"/>
+      <c r="A113" s="24"/>
+      <c r="B113" s="25"/>
+      <c r="C113" s="25"/>
+      <c r="D113" s="25"/>
+      <c r="E113" s="24"/>
+      <c r="F113" s="25"/>
+      <c r="G113" s="25"/>
+      <c r="H113" s="24"/>
+      <c r="I113" s="25"/>
+      <c r="J113" s="25"/>
+      <c r="K113" s="25"/>
+      <c r="L113" s="25"/>
+      <c r="M113" s="25"/>
+      <c r="N113" s="25"/>
     </row>
     <row r="114" spans="1:14">
-      <c r="A114" s="21"/>
-[...12 lines deleted...]
-      <c r="N114" s="22"/>
+      <c r="A114" s="24"/>
+      <c r="B114" s="25"/>
+      <c r="C114" s="25"/>
+      <c r="D114" s="25"/>
+      <c r="E114" s="24"/>
+      <c r="F114" s="25"/>
+      <c r="G114" s="25"/>
+      <c r="H114" s="24"/>
+      <c r="I114" s="25"/>
+      <c r="J114" s="25"/>
+      <c r="K114" s="25"/>
+      <c r="L114" s="25"/>
+      <c r="M114" s="25"/>
+      <c r="N114" s="25"/>
     </row>
     <row r="115" spans="1:14">
-      <c r="A115" s="21"/>
-[...12 lines deleted...]
-      <c r="N115" s="22"/>
+      <c r="A115" s="24"/>
+      <c r="B115" s="25"/>
+      <c r="C115" s="25"/>
+      <c r="D115" s="25"/>
+      <c r="E115" s="24"/>
+      <c r="F115" s="25"/>
+      <c r="G115" s="25"/>
+      <c r="H115" s="24"/>
+      <c r="I115" s="25"/>
+      <c r="J115" s="25"/>
+      <c r="K115" s="25"/>
+      <c r="L115" s="25"/>
+      <c r="M115" s="25"/>
+      <c r="N115" s="25"/>
     </row>
     <row r="116" spans="1:14">
-      <c r="A116" s="21"/>
-[...12 lines deleted...]
-      <c r="N116" s="22"/>
+      <c r="A116" s="24"/>
+      <c r="B116" s="25"/>
+      <c r="C116" s="25"/>
+      <c r="D116" s="25"/>
+      <c r="E116" s="24"/>
+      <c r="F116" s="25"/>
+      <c r="G116" s="25"/>
+      <c r="H116" s="24"/>
+      <c r="I116" s="25"/>
+      <c r="J116" s="25"/>
+      <c r="K116" s="25"/>
+      <c r="L116" s="25"/>
+      <c r="M116" s="25"/>
+      <c r="N116" s="25"/>
     </row>
     <row r="117" spans="1:14">
-      <c r="A117" s="21"/>
-[...12 lines deleted...]
-      <c r="N117" s="22"/>
+      <c r="A117" s="24"/>
+      <c r="B117" s="25"/>
+      <c r="C117" s="25"/>
+      <c r="D117" s="25"/>
+      <c r="E117" s="24"/>
+      <c r="F117" s="25"/>
+      <c r="G117" s="25"/>
+      <c r="H117" s="24"/>
+      <c r="I117" s="25"/>
+      <c r="J117" s="25"/>
+      <c r="K117" s="25"/>
+      <c r="L117" s="25"/>
+      <c r="M117" s="25"/>
+      <c r="N117" s="25"/>
     </row>
     <row r="118" spans="1:14">
-      <c r="A118" s="21"/>
-[...12 lines deleted...]
-      <c r="N118" s="22"/>
+      <c r="A118" s="24"/>
+      <c r="B118" s="25"/>
+      <c r="C118" s="25"/>
+      <c r="D118" s="25"/>
+      <c r="E118" s="24"/>
+      <c r="F118" s="25"/>
+      <c r="G118" s="25"/>
+      <c r="H118" s="24"/>
+      <c r="I118" s="25"/>
+      <c r="J118" s="25"/>
+      <c r="K118" s="25"/>
+      <c r="L118" s="25"/>
+      <c r="M118" s="25"/>
+      <c r="N118" s="25"/>
     </row>
     <row r="119" spans="1:14">
-      <c r="A119" s="21"/>
-[...12 lines deleted...]
-      <c r="N119" s="22"/>
+      <c r="A119" s="24"/>
+      <c r="B119" s="25"/>
+      <c r="C119" s="25"/>
+      <c r="D119" s="25"/>
+      <c r="E119" s="24"/>
+      <c r="F119" s="25"/>
+      <c r="G119" s="25"/>
+      <c r="H119" s="24"/>
+      <c r="I119" s="25"/>
+      <c r="J119" s="25"/>
+      <c r="K119" s="25"/>
+      <c r="L119" s="25"/>
+      <c r="M119" s="25"/>
+      <c r="N119" s="25"/>
     </row>
     <row r="120" spans="1:14">
-      <c r="A120" s="21"/>
-[...12 lines deleted...]
-      <c r="N120" s="22"/>
+      <c r="A120" s="24"/>
+      <c r="B120" s="25"/>
+      <c r="C120" s="25"/>
+      <c r="D120" s="25"/>
+      <c r="E120" s="24"/>
+      <c r="F120" s="25"/>
+      <c r="G120" s="25"/>
+      <c r="H120" s="24"/>
+      <c r="I120" s="25"/>
+      <c r="J120" s="25"/>
+      <c r="K120" s="25"/>
+      <c r="L120" s="25"/>
+      <c r="M120" s="25"/>
+      <c r="N120" s="25"/>
     </row>
     <row r="121" spans="1:14">
-      <c r="A121" s="21"/>
-[...12 lines deleted...]
-      <c r="N121" s="22"/>
+      <c r="A121" s="24"/>
+      <c r="B121" s="25"/>
+      <c r="C121" s="25"/>
+      <c r="D121" s="25"/>
+      <c r="E121" s="24"/>
+      <c r="F121" s="25"/>
+      <c r="G121" s="25"/>
+      <c r="H121" s="24"/>
+      <c r="I121" s="25"/>
+      <c r="J121" s="25"/>
+      <c r="K121" s="25"/>
+      <c r="L121" s="25"/>
+      <c r="M121" s="25"/>
+      <c r="N121" s="25"/>
     </row>
     <row r="122" spans="1:14">
-      <c r="A122" s="21"/>
-[...12 lines deleted...]
-      <c r="N122" s="22"/>
+      <c r="A122" s="24"/>
+      <c r="B122" s="25"/>
+      <c r="C122" s="25"/>
+      <c r="D122" s="25"/>
+      <c r="E122" s="24"/>
+      <c r="F122" s="25"/>
+      <c r="G122" s="25"/>
+      <c r="H122" s="24"/>
+      <c r="I122" s="25"/>
+      <c r="J122" s="25"/>
+      <c r="K122" s="25"/>
+      <c r="L122" s="25"/>
+      <c r="M122" s="25"/>
+      <c r="N122" s="25"/>
     </row>
     <row r="123" spans="1:14">
-      <c r="A123" s="21"/>
-[...12 lines deleted...]
-      <c r="N123" s="22"/>
+      <c r="A123" s="24"/>
+      <c r="B123" s="25"/>
+      <c r="C123" s="25"/>
+      <c r="D123" s="25"/>
+      <c r="E123" s="24"/>
+      <c r="F123" s="25"/>
+      <c r="G123" s="25"/>
+      <c r="H123" s="24"/>
+      <c r="I123" s="25"/>
+      <c r="J123" s="25"/>
+      <c r="K123" s="25"/>
+      <c r="L123" s="25"/>
+      <c r="M123" s="25"/>
+      <c r="N123" s="25"/>
     </row>
     <row r="124" spans="1:14">
-      <c r="A124" s="21"/>
-[...12 lines deleted...]
-      <c r="N124" s="22"/>
+      <c r="A124" s="24"/>
+      <c r="B124" s="25"/>
+      <c r="C124" s="25"/>
+      <c r="D124" s="25"/>
+      <c r="E124" s="24"/>
+      <c r="F124" s="25"/>
+      <c r="G124" s="25"/>
+      <c r="H124" s="24"/>
+      <c r="I124" s="25"/>
+      <c r="J124" s="25"/>
+      <c r="K124" s="25"/>
+      <c r="L124" s="25"/>
+      <c r="M124" s="25"/>
+      <c r="N124" s="25"/>
     </row>
     <row r="125" spans="1:14">
-      <c r="A125" s="21"/>
-[...12 lines deleted...]
-      <c r="N125" s="22"/>
+      <c r="A125" s="24"/>
+      <c r="B125" s="25"/>
+      <c r="C125" s="25"/>
+      <c r="D125" s="25"/>
+      <c r="E125" s="24"/>
+      <c r="F125" s="25"/>
+      <c r="G125" s="25"/>
+      <c r="H125" s="24"/>
+      <c r="I125" s="25"/>
+      <c r="J125" s="25"/>
+      <c r="K125" s="25"/>
+      <c r="L125" s="25"/>
+      <c r="M125" s="25"/>
+      <c r="N125" s="25"/>
     </row>
     <row r="126" spans="1:14">
-      <c r="A126" s="21"/>
-[...12 lines deleted...]
-      <c r="N126" s="22"/>
+      <c r="A126" s="24"/>
+      <c r="B126" s="25"/>
+      <c r="C126" s="25"/>
+      <c r="D126" s="25"/>
+      <c r="E126" s="24"/>
+      <c r="F126" s="25"/>
+      <c r="G126" s="25"/>
+      <c r="H126" s="24"/>
+      <c r="I126" s="25"/>
+      <c r="J126" s="25"/>
+      <c r="K126" s="25"/>
+      <c r="L126" s="25"/>
+      <c r="M126" s="25"/>
+      <c r="N126" s="25"/>
     </row>
     <row r="127" spans="1:14">
-      <c r="A127" s="21"/>
-[...12 lines deleted...]
-      <c r="N127" s="22"/>
+      <c r="A127" s="24"/>
+      <c r="B127" s="25"/>
+      <c r="C127" s="25"/>
+      <c r="D127" s="25"/>
+      <c r="E127" s="24"/>
+      <c r="F127" s="25"/>
+      <c r="G127" s="25"/>
+      <c r="H127" s="24"/>
+      <c r="I127" s="25"/>
+      <c r="J127" s="25"/>
+      <c r="K127" s="25"/>
+      <c r="L127" s="25"/>
+      <c r="M127" s="25"/>
+      <c r="N127" s="25"/>
     </row>
     <row r="128" spans="1:14">
-      <c r="A128" s="21"/>
-[...12 lines deleted...]
-      <c r="N128" s="22"/>
+      <c r="A128" s="24"/>
+      <c r="B128" s="25"/>
+      <c r="C128" s="25"/>
+      <c r="D128" s="25"/>
+      <c r="E128" s="24"/>
+      <c r="F128" s="25"/>
+      <c r="G128" s="25"/>
+      <c r="H128" s="24"/>
+      <c r="I128" s="25"/>
+      <c r="J128" s="25"/>
+      <c r="K128" s="25"/>
+      <c r="L128" s="25"/>
+      <c r="M128" s="25"/>
+      <c r="N128" s="25"/>
     </row>
     <row r="129" spans="1:14">
-      <c r="A129" s="21"/>
-[...12 lines deleted...]
-      <c r="N129" s="22"/>
+      <c r="A129" s="24"/>
+      <c r="B129" s="25"/>
+      <c r="C129" s="25"/>
+      <c r="D129" s="25"/>
+      <c r="E129" s="24"/>
+      <c r="F129" s="25"/>
+      <c r="G129" s="25"/>
+      <c r="H129" s="24"/>
+      <c r="I129" s="25"/>
+      <c r="J129" s="25"/>
+      <c r="K129" s="25"/>
+      <c r="L129" s="25"/>
+      <c r="M129" s="25"/>
+      <c r="N129" s="25"/>
     </row>
     <row r="130" spans="1:14">
-      <c r="A130" s="21"/>
-[...12 lines deleted...]
-      <c r="N130" s="22"/>
+      <c r="A130" s="24"/>
+      <c r="B130" s="25"/>
+      <c r="C130" s="25"/>
+      <c r="D130" s="25"/>
+      <c r="E130" s="24"/>
+      <c r="F130" s="25"/>
+      <c r="G130" s="25"/>
+      <c r="H130" s="24"/>
+      <c r="I130" s="25"/>
+      <c r="J130" s="25"/>
+      <c r="K130" s="25"/>
+      <c r="L130" s="25"/>
+      <c r="M130" s="25"/>
+      <c r="N130" s="25"/>
     </row>
     <row r="131" spans="1:14">
-      <c r="A131" s="21"/>
-[...12 lines deleted...]
-      <c r="N131" s="22"/>
+      <c r="A131" s="24"/>
+      <c r="B131" s="25"/>
+      <c r="C131" s="25"/>
+      <c r="D131" s="25"/>
+      <c r="E131" s="24"/>
+      <c r="F131" s="25"/>
+      <c r="G131" s="25"/>
+      <c r="H131" s="24"/>
+      <c r="I131" s="25"/>
+      <c r="J131" s="25"/>
+      <c r="K131" s="25"/>
+      <c r="L131" s="25"/>
+      <c r="M131" s="25"/>
+      <c r="N131" s="25"/>
     </row>
     <row r="132" spans="1:14">
-      <c r="A132" s="21"/>
-[...12 lines deleted...]
-      <c r="N132" s="22"/>
+      <c r="A132" s="24"/>
+      <c r="B132" s="25"/>
+      <c r="C132" s="25"/>
+      <c r="D132" s="25"/>
+      <c r="E132" s="24"/>
+      <c r="F132" s="25"/>
+      <c r="G132" s="25"/>
+      <c r="H132" s="24"/>
+      <c r="I132" s="25"/>
+      <c r="J132" s="25"/>
+      <c r="K132" s="25"/>
+      <c r="L132" s="25"/>
+      <c r="M132" s="25"/>
+      <c r="N132" s="25"/>
     </row>
     <row r="133" spans="1:14">
-      <c r="A133" s="21"/>
-[...12 lines deleted...]
-      <c r="N133" s="22"/>
+      <c r="A133" s="24"/>
+      <c r="B133" s="25"/>
+      <c r="C133" s="25"/>
+      <c r="D133" s="25"/>
+      <c r="E133" s="24"/>
+      <c r="F133" s="25"/>
+      <c r="G133" s="25"/>
+      <c r="H133" s="24"/>
+      <c r="I133" s="25"/>
+      <c r="J133" s="25"/>
+      <c r="K133" s="25"/>
+      <c r="L133" s="25"/>
+      <c r="M133" s="25"/>
+      <c r="N133" s="25"/>
     </row>
     <row r="134" spans="1:14">
-      <c r="A134" s="21"/>
-[...12 lines deleted...]
-      <c r="N134" s="22"/>
+      <c r="A134" s="24"/>
+      <c r="B134" s="25"/>
+      <c r="C134" s="25"/>
+      <c r="D134" s="25"/>
+      <c r="E134" s="24"/>
+      <c r="F134" s="25"/>
+      <c r="G134" s="25"/>
+      <c r="H134" s="24"/>
+      <c r="I134" s="25"/>
+      <c r="J134" s="25"/>
+      <c r="K134" s="25"/>
+      <c r="L134" s="25"/>
+      <c r="M134" s="25"/>
+      <c r="N134" s="25"/>
     </row>
     <row r="135" spans="1:14">
-      <c r="A135" s="21"/>
-[...12 lines deleted...]
-      <c r="N135" s="22"/>
+      <c r="A135" s="24"/>
+      <c r="B135" s="25"/>
+      <c r="C135" s="25"/>
+      <c r="D135" s="25"/>
+      <c r="E135" s="24"/>
+      <c r="F135" s="25"/>
+      <c r="G135" s="25"/>
+      <c r="H135" s="24"/>
+      <c r="I135" s="25"/>
+      <c r="J135" s="25"/>
+      <c r="K135" s="25"/>
+      <c r="L135" s="25"/>
+      <c r="M135" s="25"/>
+      <c r="N135" s="25"/>
     </row>
     <row r="136" spans="1:14">
-      <c r="A136" s="21"/>
-[...12 lines deleted...]
-      <c r="N136" s="22"/>
+      <c r="A136" s="24"/>
+      <c r="B136" s="25"/>
+      <c r="C136" s="25"/>
+      <c r="D136" s="25"/>
+      <c r="E136" s="24"/>
+      <c r="F136" s="25"/>
+      <c r="G136" s="25"/>
+      <c r="H136" s="24"/>
+      <c r="I136" s="25"/>
+      <c r="J136" s="25"/>
+      <c r="K136" s="25"/>
+      <c r="L136" s="25"/>
+      <c r="M136" s="25"/>
+      <c r="N136" s="25"/>
     </row>
     <row r="137" spans="1:14">
-      <c r="A137" s="21"/>
-[...12 lines deleted...]
-      <c r="N137" s="22"/>
+      <c r="A137" s="24"/>
+      <c r="B137" s="25"/>
+      <c r="C137" s="25"/>
+      <c r="D137" s="25"/>
+      <c r="E137" s="24"/>
+      <c r="F137" s="25"/>
+      <c r="G137" s="25"/>
+      <c r="H137" s="24"/>
+      <c r="I137" s="25"/>
+      <c r="J137" s="25"/>
+      <c r="K137" s="25"/>
+      <c r="L137" s="25"/>
+      <c r="M137" s="25"/>
+      <c r="N137" s="25"/>
     </row>
     <row r="138" spans="1:14">
-      <c r="A138" s="21"/>
-[...12 lines deleted...]
-      <c r="N138" s="22"/>
+      <c r="A138" s="24"/>
+      <c r="B138" s="25"/>
+      <c r="C138" s="25"/>
+      <c r="D138" s="25"/>
+      <c r="E138" s="24"/>
+      <c r="F138" s="25"/>
+      <c r="G138" s="25"/>
+      <c r="H138" s="24"/>
+      <c r="I138" s="25"/>
+      <c r="J138" s="25"/>
+      <c r="K138" s="25"/>
+      <c r="L138" s="25"/>
+      <c r="M138" s="25"/>
+      <c r="N138" s="25"/>
     </row>
     <row r="139" spans="1:14">
-      <c r="A139" s="21"/>
-[...12 lines deleted...]
-      <c r="N139" s="22"/>
+      <c r="A139" s="24"/>
+      <c r="B139" s="25"/>
+      <c r="C139" s="25"/>
+      <c r="D139" s="25"/>
+      <c r="E139" s="24"/>
+      <c r="F139" s="25"/>
+      <c r="G139" s="25"/>
+      <c r="H139" s="24"/>
+      <c r="I139" s="25"/>
+      <c r="J139" s="25"/>
+      <c r="K139" s="25"/>
+      <c r="L139" s="25"/>
+      <c r="M139" s="25"/>
+      <c r="N139" s="25"/>
     </row>
     <row r="140" spans="1:14">
-      <c r="A140" s="21"/>
-[...12 lines deleted...]
-      <c r="N140" s="22"/>
+      <c r="A140" s="24"/>
+      <c r="B140" s="25"/>
+      <c r="C140" s="25"/>
+      <c r="D140" s="25"/>
+      <c r="E140" s="24"/>
+      <c r="F140" s="25"/>
+      <c r="G140" s="25"/>
+      <c r="H140" s="24"/>
+      <c r="I140" s="25"/>
+      <c r="J140" s="25"/>
+      <c r="K140" s="25"/>
+      <c r="L140" s="25"/>
+      <c r="M140" s="25"/>
+      <c r="N140" s="25"/>
     </row>
     <row r="141" spans="1:14">
-      <c r="A141" s="21"/>
-[...12 lines deleted...]
-      <c r="N141" s="22"/>
+      <c r="A141" s="24"/>
+      <c r="B141" s="25"/>
+      <c r="C141" s="25"/>
+      <c r="D141" s="25"/>
+      <c r="E141" s="24"/>
+      <c r="F141" s="25"/>
+      <c r="G141" s="25"/>
+      <c r="H141" s="24"/>
+      <c r="I141" s="25"/>
+      <c r="J141" s="25"/>
+      <c r="K141" s="25"/>
+      <c r="L141" s="25"/>
+      <c r="M141" s="25"/>
+      <c r="N141" s="25"/>
     </row>
     <row r="142" spans="1:14">
-      <c r="A142" s="21"/>
-[...12 lines deleted...]
-      <c r="N142" s="22"/>
+      <c r="A142" s="24"/>
+      <c r="B142" s="25"/>
+      <c r="C142" s="25"/>
+      <c r="D142" s="25"/>
+      <c r="E142" s="24"/>
+      <c r="F142" s="25"/>
+      <c r="G142" s="25"/>
+      <c r="H142" s="24"/>
+      <c r="I142" s="25"/>
+      <c r="J142" s="25"/>
+      <c r="K142" s="25"/>
+      <c r="L142" s="25"/>
+      <c r="M142" s="25"/>
+      <c r="N142" s="25"/>
     </row>
     <row r="143" spans="1:14">
-      <c r="A143" s="21"/>
-[...12 lines deleted...]
-      <c r="N143" s="22"/>
+      <c r="A143" s="24"/>
+      <c r="B143" s="25"/>
+      <c r="C143" s="25"/>
+      <c r="D143" s="25"/>
+      <c r="E143" s="24"/>
+      <c r="F143" s="25"/>
+      <c r="G143" s="25"/>
+      <c r="H143" s="24"/>
+      <c r="I143" s="25"/>
+      <c r="J143" s="25"/>
+      <c r="K143" s="25"/>
+      <c r="L143" s="25"/>
+      <c r="M143" s="25"/>
+      <c r="N143" s="25"/>
     </row>
     <row r="144" spans="1:14">
-      <c r="A144" s="21"/>
-[...12 lines deleted...]
-      <c r="N144" s="22"/>
+      <c r="A144" s="24"/>
+      <c r="B144" s="25"/>
+      <c r="C144" s="25"/>
+      <c r="D144" s="25"/>
+      <c r="E144" s="24"/>
+      <c r="F144" s="25"/>
+      <c r="G144" s="25"/>
+      <c r="H144" s="24"/>
+      <c r="I144" s="25"/>
+      <c r="J144" s="25"/>
+      <c r="K144" s="25"/>
+      <c r="L144" s="25"/>
+      <c r="M144" s="25"/>
+      <c r="N144" s="25"/>
     </row>
     <row r="145" spans="1:14">
-      <c r="A145" s="21"/>
-[...12 lines deleted...]
-      <c r="N145" s="22"/>
+      <c r="A145" s="24"/>
+      <c r="B145" s="25"/>
+      <c r="C145" s="25"/>
+      <c r="D145" s="25"/>
+      <c r="E145" s="24"/>
+      <c r="F145" s="25"/>
+      <c r="G145" s="25"/>
+      <c r="H145" s="24"/>
+      <c r="I145" s="25"/>
+      <c r="J145" s="25"/>
+      <c r="K145" s="25"/>
+      <c r="L145" s="25"/>
+      <c r="M145" s="25"/>
+      <c r="N145" s="25"/>
     </row>
     <row r="146" spans="1:14">
-      <c r="A146" s="21"/>
-[...12 lines deleted...]
-      <c r="N146" s="22"/>
+      <c r="A146" s="24"/>
+      <c r="B146" s="25"/>
+      <c r="C146" s="25"/>
+      <c r="D146" s="25"/>
+      <c r="E146" s="24"/>
+      <c r="F146" s="25"/>
+      <c r="G146" s="25"/>
+      <c r="H146" s="24"/>
+      <c r="I146" s="25"/>
+      <c r="J146" s="25"/>
+      <c r="K146" s="25"/>
+      <c r="L146" s="25"/>
+      <c r="M146" s="25"/>
+      <c r="N146" s="25"/>
     </row>
     <row r="147" spans="1:14">
-      <c r="A147" s="21"/>
-[...12 lines deleted...]
-      <c r="N147" s="22"/>
+      <c r="A147" s="24"/>
+      <c r="B147" s="25"/>
+      <c r="C147" s="25"/>
+      <c r="D147" s="25"/>
+      <c r="E147" s="24"/>
+      <c r="F147" s="25"/>
+      <c r="G147" s="25"/>
+      <c r="H147" s="24"/>
+      <c r="I147" s="25"/>
+      <c r="J147" s="25"/>
+      <c r="K147" s="25"/>
+      <c r="L147" s="25"/>
+      <c r="M147" s="25"/>
+      <c r="N147" s="25"/>
     </row>
     <row r="148" spans="1:14">
-      <c r="A148" s="21"/>
-[...12 lines deleted...]
-      <c r="N148" s="22"/>
+      <c r="A148" s="24"/>
+      <c r="B148" s="25"/>
+      <c r="C148" s="25"/>
+      <c r="D148" s="25"/>
+      <c r="E148" s="24"/>
+      <c r="F148" s="25"/>
+      <c r="G148" s="25"/>
+      <c r="H148" s="24"/>
+      <c r="I148" s="25"/>
+      <c r="J148" s="25"/>
+      <c r="K148" s="25"/>
+      <c r="L148" s="25"/>
+      <c r="M148" s="25"/>
+      <c r="N148" s="25"/>
     </row>
     <row r="149" spans="1:14">
-      <c r="A149" s="21"/>
-[...12 lines deleted...]
-      <c r="N149" s="22"/>
+      <c r="A149" s="24"/>
+      <c r="B149" s="25"/>
+      <c r="C149" s="25"/>
+      <c r="D149" s="25"/>
+      <c r="E149" s="24"/>
+      <c r="F149" s="25"/>
+      <c r="G149" s="25"/>
+      <c r="H149" s="24"/>
+      <c r="I149" s="25"/>
+      <c r="J149" s="25"/>
+      <c r="K149" s="25"/>
+      <c r="L149" s="25"/>
+      <c r="M149" s="25"/>
+      <c r="N149" s="25"/>
     </row>
     <row r="150" spans="1:14">
-      <c r="A150" s="21"/>
-[...12 lines deleted...]
-      <c r="N150" s="22"/>
+      <c r="A150" s="24"/>
+      <c r="B150" s="25"/>
+      <c r="C150" s="25"/>
+      <c r="D150" s="25"/>
+      <c r="E150" s="24"/>
+      <c r="F150" s="25"/>
+      <c r="G150" s="25"/>
+      <c r="H150" s="24"/>
+      <c r="I150" s="25"/>
+      <c r="J150" s="25"/>
+      <c r="K150" s="25"/>
+      <c r="L150" s="25"/>
+      <c r="M150" s="25"/>
+      <c r="N150" s="25"/>
     </row>
     <row r="151" spans="1:14">
-      <c r="A151" s="21"/>
-[...12 lines deleted...]
-      <c r="N151" s="22"/>
+      <c r="A151" s="24"/>
+      <c r="B151" s="25"/>
+      <c r="C151" s="25"/>
+      <c r="D151" s="25"/>
+      <c r="E151" s="24"/>
+      <c r="F151" s="25"/>
+      <c r="G151" s="25"/>
+      <c r="H151" s="24"/>
+      <c r="I151" s="25"/>
+      <c r="J151" s="25"/>
+      <c r="K151" s="25"/>
+      <c r="L151" s="25"/>
+      <c r="M151" s="25"/>
+      <c r="N151" s="25"/>
     </row>
     <row r="152" spans="1:14">
-      <c r="A152" s="21"/>
-[...12 lines deleted...]
-      <c r="N152" s="22"/>
+      <c r="A152" s="24"/>
+      <c r="B152" s="25"/>
+      <c r="C152" s="25"/>
+      <c r="D152" s="25"/>
+      <c r="E152" s="24"/>
+      <c r="F152" s="25"/>
+      <c r="G152" s="25"/>
+      <c r="H152" s="24"/>
+      <c r="I152" s="25"/>
+      <c r="J152" s="25"/>
+      <c r="K152" s="25"/>
+      <c r="L152" s="25"/>
+      <c r="M152" s="25"/>
+      <c r="N152" s="25"/>
     </row>
     <row r="153" spans="1:14">
-      <c r="A153" s="21"/>
-[...12 lines deleted...]
-      <c r="N153" s="22"/>
+      <c r="A153" s="24"/>
+      <c r="B153" s="25"/>
+      <c r="C153" s="25"/>
+      <c r="D153" s="25"/>
+      <c r="E153" s="24"/>
+      <c r="F153" s="25"/>
+      <c r="G153" s="25"/>
+      <c r="H153" s="24"/>
+      <c r="I153" s="25"/>
+      <c r="J153" s="25"/>
+      <c r="K153" s="25"/>
+      <c r="L153" s="25"/>
+      <c r="M153" s="25"/>
+      <c r="N153" s="25"/>
     </row>
     <row r="154" spans="1:14">
-      <c r="A154" s="21"/>
-[...12 lines deleted...]
-      <c r="N154" s="22"/>
+      <c r="A154" s="24"/>
+      <c r="B154" s="25"/>
+      <c r="C154" s="25"/>
+      <c r="D154" s="25"/>
+      <c r="E154" s="24"/>
+      <c r="F154" s="25"/>
+      <c r="G154" s="25"/>
+      <c r="H154" s="24"/>
+      <c r="I154" s="25"/>
+      <c r="J154" s="25"/>
+      <c r="K154" s="25"/>
+      <c r="L154" s="25"/>
+      <c r="M154" s="25"/>
+      <c r="N154" s="25"/>
     </row>
     <row r="155" spans="1:14">
-      <c r="A155" s="21"/>
-[...12 lines deleted...]
-      <c r="N155" s="22"/>
+      <c r="A155" s="24"/>
+      <c r="B155" s="25"/>
+      <c r="C155" s="25"/>
+      <c r="D155" s="25"/>
+      <c r="E155" s="24"/>
+      <c r="F155" s="25"/>
+      <c r="G155" s="25"/>
+      <c r="H155" s="24"/>
+      <c r="I155" s="25"/>
+      <c r="J155" s="25"/>
+      <c r="K155" s="25"/>
+      <c r="L155" s="25"/>
+      <c r="M155" s="25"/>
+      <c r="N155" s="25"/>
     </row>
     <row r="156" spans="1:14">
-      <c r="A156" s="21"/>
-[...12 lines deleted...]
-      <c r="N156" s="22"/>
+      <c r="A156" s="24"/>
+      <c r="B156" s="25"/>
+      <c r="C156" s="25"/>
+      <c r="D156" s="25"/>
+      <c r="E156" s="24"/>
+      <c r="F156" s="25"/>
+      <c r="G156" s="25"/>
+      <c r="H156" s="24"/>
+      <c r="I156" s="25"/>
+      <c r="J156" s="25"/>
+      <c r="K156" s="25"/>
+      <c r="L156" s="25"/>
+      <c r="M156" s="25"/>
+      <c r="N156" s="25"/>
     </row>
     <row r="157" spans="1:14">
-      <c r="A157" s="21"/>
-[...12 lines deleted...]
-      <c r="N157" s="22"/>
+      <c r="A157" s="24"/>
+      <c r="B157" s="25"/>
+      <c r="C157" s="25"/>
+      <c r="D157" s="25"/>
+      <c r="E157" s="24"/>
+      <c r="F157" s="25"/>
+      <c r="G157" s="25"/>
+      <c r="H157" s="24"/>
+      <c r="I157" s="25"/>
+      <c r="J157" s="25"/>
+      <c r="K157" s="25"/>
+      <c r="L157" s="25"/>
+      <c r="M157" s="25"/>
+      <c r="N157" s="25"/>
     </row>
     <row r="158" spans="1:14">
-      <c r="A158" s="21"/>
-[...12 lines deleted...]
-      <c r="N158" s="22"/>
+      <c r="A158" s="24"/>
+      <c r="B158" s="25"/>
+      <c r="C158" s="25"/>
+      <c r="D158" s="25"/>
+      <c r="E158" s="24"/>
+      <c r="F158" s="25"/>
+      <c r="G158" s="25"/>
+      <c r="H158" s="24"/>
+      <c r="I158" s="25"/>
+      <c r="J158" s="25"/>
+      <c r="K158" s="25"/>
+      <c r="L158" s="25"/>
+      <c r="M158" s="25"/>
+      <c r="N158" s="25"/>
     </row>
     <row r="159" spans="1:14">
-      <c r="A159" s="21"/>
-[...12 lines deleted...]
-      <c r="N159" s="22"/>
+      <c r="A159" s="24"/>
+      <c r="B159" s="25"/>
+      <c r="C159" s="25"/>
+      <c r="D159" s="25"/>
+      <c r="E159" s="24"/>
+      <c r="F159" s="25"/>
+      <c r="G159" s="25"/>
+      <c r="H159" s="24"/>
+      <c r="I159" s="25"/>
+      <c r="J159" s="25"/>
+      <c r="K159" s="25"/>
+      <c r="L159" s="25"/>
+      <c r="M159" s="25"/>
+      <c r="N159" s="25"/>
     </row>
     <row r="160" spans="1:14">
-      <c r="A160" s="21"/>
-[...12 lines deleted...]
-      <c r="N160" s="22"/>
+      <c r="A160" s="24"/>
+      <c r="B160" s="25"/>
+      <c r="C160" s="25"/>
+      <c r="D160" s="25"/>
+      <c r="E160" s="24"/>
+      <c r="F160" s="25"/>
+      <c r="G160" s="25"/>
+      <c r="H160" s="24"/>
+      <c r="I160" s="25"/>
+      <c r="J160" s="25"/>
+      <c r="K160" s="25"/>
+      <c r="L160" s="25"/>
+      <c r="M160" s="25"/>
+      <c r="N160" s="25"/>
     </row>
     <row r="161" spans="1:14">
-      <c r="A161" s="21"/>
-[...12 lines deleted...]
-      <c r="N161" s="22"/>
+      <c r="A161" s="24"/>
+      <c r="B161" s="25"/>
+      <c r="C161" s="25"/>
+      <c r="D161" s="25"/>
+      <c r="E161" s="24"/>
+      <c r="F161" s="25"/>
+      <c r="G161" s="25"/>
+      <c r="H161" s="24"/>
+      <c r="I161" s="25"/>
+      <c r="J161" s="25"/>
+      <c r="K161" s="25"/>
+      <c r="L161" s="25"/>
+      <c r="M161" s="25"/>
+      <c r="N161" s="25"/>
     </row>
     <row r="162" spans="1:14">
-      <c r="A162" s="21"/>
-[...12 lines deleted...]
-      <c r="N162" s="22"/>
+      <c r="A162" s="24"/>
+      <c r="B162" s="25"/>
+      <c r="C162" s="25"/>
+      <c r="D162" s="25"/>
+      <c r="E162" s="24"/>
+      <c r="F162" s="25"/>
+      <c r="G162" s="25"/>
+      <c r="H162" s="24"/>
+      <c r="I162" s="25"/>
+      <c r="J162" s="25"/>
+      <c r="K162" s="25"/>
+      <c r="L162" s="25"/>
+      <c r="M162" s="25"/>
+      <c r="N162" s="25"/>
     </row>
     <row r="163" spans="1:14">
-      <c r="A163" s="21"/>
-[...12 lines deleted...]
-      <c r="N163" s="22"/>
+      <c r="A163" s="24"/>
+      <c r="B163" s="25"/>
+      <c r="C163" s="25"/>
+      <c r="D163" s="25"/>
+      <c r="E163" s="24"/>
+      <c r="F163" s="25"/>
+      <c r="G163" s="25"/>
+      <c r="H163" s="24"/>
+      <c r="I163" s="25"/>
+      <c r="J163" s="25"/>
+      <c r="K163" s="25"/>
+      <c r="L163" s="25"/>
+      <c r="M163" s="25"/>
+      <c r="N163" s="25"/>
     </row>
     <row r="164" spans="1:14">
-      <c r="A164" s="21"/>
-[...12 lines deleted...]
-      <c r="N164" s="22"/>
+      <c r="A164" s="24"/>
+      <c r="B164" s="25"/>
+      <c r="C164" s="25"/>
+      <c r="D164" s="25"/>
+      <c r="E164" s="24"/>
+      <c r="F164" s="25"/>
+      <c r="G164" s="25"/>
+      <c r="H164" s="24"/>
+      <c r="I164" s="25"/>
+      <c r="J164" s="25"/>
+      <c r="K164" s="25"/>
+      <c r="L164" s="25"/>
+      <c r="M164" s="25"/>
+      <c r="N164" s="25"/>
     </row>
     <row r="165" spans="1:14">
-      <c r="A165" s="21"/>
-[...12 lines deleted...]
-      <c r="N165" s="22"/>
+      <c r="A165" s="24"/>
+      <c r="B165" s="25"/>
+      <c r="C165" s="25"/>
+      <c r="D165" s="25"/>
+      <c r="E165" s="24"/>
+      <c r="F165" s="25"/>
+      <c r="G165" s="25"/>
+      <c r="H165" s="24"/>
+      <c r="I165" s="25"/>
+      <c r="J165" s="25"/>
+      <c r="K165" s="25"/>
+      <c r="L165" s="25"/>
+      <c r="M165" s="25"/>
+      <c r="N165" s="25"/>
     </row>
     <row r="166" spans="1:14">
-      <c r="A166" s="21"/>
-[...12 lines deleted...]
-      <c r="N166" s="22"/>
+      <c r="A166" s="24"/>
+      <c r="B166" s="25"/>
+      <c r="C166" s="25"/>
+      <c r="D166" s="25"/>
+      <c r="E166" s="24"/>
+      <c r="F166" s="25"/>
+      <c r="G166" s="25"/>
+      <c r="H166" s="24"/>
+      <c r="I166" s="25"/>
+      <c r="J166" s="25"/>
+      <c r="K166" s="25"/>
+      <c r="L166" s="25"/>
+      <c r="M166" s="25"/>
+      <c r="N166" s="25"/>
     </row>
     <row r="167" spans="1:14">
-      <c r="A167" s="21"/>
-[...12 lines deleted...]
-      <c r="N167" s="22"/>
+      <c r="A167" s="24"/>
+      <c r="B167" s="25"/>
+      <c r="C167" s="25"/>
+      <c r="D167" s="25"/>
+      <c r="E167" s="24"/>
+      <c r="F167" s="25"/>
+      <c r="G167" s="25"/>
+      <c r="H167" s="24"/>
+      <c r="I167" s="25"/>
+      <c r="J167" s="25"/>
+      <c r="K167" s="25"/>
+      <c r="L167" s="25"/>
+      <c r="M167" s="25"/>
+      <c r="N167" s="25"/>
     </row>
     <row r="168" spans="1:14">
-      <c r="A168" s="21"/>
-[...12 lines deleted...]
-      <c r="N168" s="22"/>
+      <c r="A168" s="24"/>
+      <c r="B168" s="25"/>
+      <c r="C168" s="25"/>
+      <c r="D168" s="25"/>
+      <c r="E168" s="24"/>
+      <c r="F168" s="25"/>
+      <c r="G168" s="25"/>
+      <c r="H168" s="24"/>
+      <c r="I168" s="25"/>
+      <c r="J168" s="25"/>
+      <c r="K168" s="25"/>
+      <c r="L168" s="25"/>
+      <c r="M168" s="25"/>
+      <c r="N168" s="25"/>
     </row>
     <row r="169" spans="1:14">
-      <c r="A169" s="21"/>
-[...12 lines deleted...]
-      <c r="N169" s="22"/>
+      <c r="A169" s="24"/>
+      <c r="B169" s="25"/>
+      <c r="C169" s="25"/>
+      <c r="D169" s="25"/>
+      <c r="E169" s="24"/>
+      <c r="F169" s="25"/>
+      <c r="G169" s="25"/>
+      <c r="H169" s="24"/>
+      <c r="I169" s="25"/>
+      <c r="J169" s="25"/>
+      <c r="K169" s="25"/>
+      <c r="L169" s="25"/>
+      <c r="M169" s="25"/>
+      <c r="N169" s="25"/>
     </row>
     <row r="170" spans="1:14">
-      <c r="A170" s="21"/>
-[...12 lines deleted...]
-      <c r="N170" s="22"/>
+      <c r="A170" s="24"/>
+      <c r="B170" s="25"/>
+      <c r="C170" s="25"/>
+      <c r="D170" s="25"/>
+      <c r="E170" s="24"/>
+      <c r="F170" s="25"/>
+      <c r="G170" s="25"/>
+      <c r="H170" s="24"/>
+      <c r="I170" s="25"/>
+      <c r="J170" s="25"/>
+      <c r="K170" s="25"/>
+      <c r="L170" s="25"/>
+      <c r="M170" s="25"/>
+      <c r="N170" s="25"/>
     </row>
     <row r="171" spans="1:14">
-      <c r="A171" s="21"/>
-[...12 lines deleted...]
-      <c r="N171" s="22"/>
+      <c r="A171" s="24"/>
+      <c r="B171" s="25"/>
+      <c r="C171" s="25"/>
+      <c r="D171" s="25"/>
+      <c r="E171" s="24"/>
+      <c r="F171" s="25"/>
+      <c r="G171" s="25"/>
+      <c r="H171" s="24"/>
+      <c r="I171" s="25"/>
+      <c r="J171" s="25"/>
+      <c r="K171" s="25"/>
+      <c r="L171" s="25"/>
+      <c r="M171" s="25"/>
+      <c r="N171" s="25"/>
     </row>
     <row r="172" spans="1:14">
-      <c r="A172" s="21"/>
-[...12 lines deleted...]
-      <c r="N172" s="22"/>
+      <c r="A172" s="24"/>
+      <c r="B172" s="25"/>
+      <c r="C172" s="25"/>
+      <c r="D172" s="25"/>
+      <c r="E172" s="24"/>
+      <c r="F172" s="25"/>
+      <c r="G172" s="25"/>
+      <c r="H172" s="24"/>
+      <c r="I172" s="25"/>
+      <c r="J172" s="25"/>
+      <c r="K172" s="25"/>
+      <c r="L172" s="25"/>
+      <c r="M172" s="25"/>
+      <c r="N172" s="25"/>
     </row>
     <row r="173" spans="1:14">
-      <c r="A173" s="21"/>
-[...12 lines deleted...]
-      <c r="N173" s="22"/>
+      <c r="A173" s="24"/>
+      <c r="B173" s="25"/>
+      <c r="C173" s="25"/>
+      <c r="D173" s="25"/>
+      <c r="E173" s="24"/>
+      <c r="F173" s="25"/>
+      <c r="G173" s="25"/>
+      <c r="H173" s="24"/>
+      <c r="I173" s="25"/>
+      <c r="J173" s="25"/>
+      <c r="K173" s="25"/>
+      <c r="L173" s="25"/>
+      <c r="M173" s="25"/>
+      <c r="N173" s="25"/>
     </row>
     <row r="174" spans="1:14">
-      <c r="A174" s="21"/>
-[...12 lines deleted...]
-      <c r="N174" s="22"/>
+      <c r="A174" s="24"/>
+      <c r="B174" s="25"/>
+      <c r="C174" s="25"/>
+      <c r="D174" s="25"/>
+      <c r="E174" s="24"/>
+      <c r="F174" s="25"/>
+      <c r="G174" s="25"/>
+      <c r="H174" s="24"/>
+      <c r="I174" s="25"/>
+      <c r="J174" s="25"/>
+      <c r="K174" s="25"/>
+      <c r="L174" s="25"/>
+      <c r="M174" s="25"/>
+      <c r="N174" s="25"/>
     </row>
     <row r="175" spans="1:14">
-      <c r="A175" s="21"/>
-[...12 lines deleted...]
-      <c r="N175" s="22"/>
+      <c r="A175" s="24"/>
+      <c r="B175" s="25"/>
+      <c r="C175" s="25"/>
+      <c r="D175" s="25"/>
+      <c r="E175" s="24"/>
+      <c r="F175" s="25"/>
+      <c r="G175" s="25"/>
+      <c r="H175" s="24"/>
+      <c r="I175" s="25"/>
+      <c r="J175" s="25"/>
+      <c r="K175" s="25"/>
+      <c r="L175" s="25"/>
+      <c r="M175" s="25"/>
+      <c r="N175" s="25"/>
     </row>
     <row r="176" spans="1:14">
-      <c r="A176" s="21"/>
-[...12 lines deleted...]
-      <c r="N176" s="22"/>
+      <c r="A176" s="24"/>
+      <c r="B176" s="25"/>
+      <c r="C176" s="25"/>
+      <c r="D176" s="25"/>
+      <c r="E176" s="24"/>
+      <c r="F176" s="25"/>
+      <c r="G176" s="25"/>
+      <c r="H176" s="24"/>
+      <c r="I176" s="25"/>
+      <c r="J176" s="25"/>
+      <c r="K176" s="25"/>
+      <c r="L176" s="25"/>
+      <c r="M176" s="25"/>
+      <c r="N176" s="25"/>
     </row>
     <row r="177" spans="1:14">
-      <c r="A177" s="21"/>
-[...12 lines deleted...]
-      <c r="N177" s="22"/>
+      <c r="A177" s="24"/>
+      <c r="B177" s="25"/>
+      <c r="C177" s="25"/>
+      <c r="D177" s="25"/>
+      <c r="E177" s="24"/>
+      <c r="F177" s="25"/>
+      <c r="G177" s="25"/>
+      <c r="H177" s="24"/>
+      <c r="I177" s="25"/>
+      <c r="J177" s="25"/>
+      <c r="K177" s="25"/>
+      <c r="L177" s="25"/>
+      <c r="M177" s="25"/>
+      <c r="N177" s="25"/>
     </row>
     <row r="178" spans="1:14">
-      <c r="A178" s="21"/>
-[...12 lines deleted...]
-      <c r="N178" s="22"/>
+      <c r="A178" s="24"/>
+      <c r="B178" s="25"/>
+      <c r="C178" s="25"/>
+      <c r="D178" s="25"/>
+      <c r="E178" s="24"/>
+      <c r="F178" s="25"/>
+      <c r="G178" s="25"/>
+      <c r="H178" s="24"/>
+      <c r="I178" s="25"/>
+      <c r="J178" s="25"/>
+      <c r="K178" s="25"/>
+      <c r="L178" s="25"/>
+      <c r="M178" s="25"/>
+      <c r="N178" s="25"/>
     </row>
     <row r="179" spans="1:14">
-      <c r="A179" s="21"/>
-[...12 lines deleted...]
-      <c r="N179" s="22"/>
+      <c r="A179" s="24"/>
+      <c r="B179" s="25"/>
+      <c r="C179" s="25"/>
+      <c r="D179" s="25"/>
+      <c r="E179" s="24"/>
+      <c r="F179" s="25"/>
+      <c r="G179" s="25"/>
+      <c r="H179" s="24"/>
+      <c r="I179" s="25"/>
+      <c r="J179" s="25"/>
+      <c r="K179" s="25"/>
+      <c r="L179" s="25"/>
+      <c r="M179" s="25"/>
+      <c r="N179" s="25"/>
     </row>
     <row r="180" spans="1:14">
-      <c r="A180" s="21"/>
-[...12 lines deleted...]
-      <c r="N180" s="22"/>
+      <c r="A180" s="24"/>
+      <c r="B180" s="25"/>
+      <c r="C180" s="25"/>
+      <c r="D180" s="25"/>
+      <c r="E180" s="24"/>
+      <c r="F180" s="25"/>
+      <c r="G180" s="25"/>
+      <c r="H180" s="24"/>
+      <c r="I180" s="25"/>
+      <c r="J180" s="25"/>
+      <c r="K180" s="25"/>
+      <c r="L180" s="25"/>
+      <c r="M180" s="25"/>
+      <c r="N180" s="25"/>
     </row>
     <row r="181" spans="1:14">
-      <c r="A181" s="21"/>
-[...12 lines deleted...]
-      <c r="N181" s="22"/>
+      <c r="A181" s="24"/>
+      <c r="B181" s="25"/>
+      <c r="C181" s="25"/>
+      <c r="D181" s="25"/>
+      <c r="E181" s="24"/>
+      <c r="F181" s="25"/>
+      <c r="G181" s="25"/>
+      <c r="H181" s="24"/>
+      <c r="I181" s="25"/>
+      <c r="J181" s="25"/>
+      <c r="K181" s="25"/>
+      <c r="L181" s="25"/>
+      <c r="M181" s="25"/>
+      <c r="N181" s="25"/>
     </row>
     <row r="182" spans="1:14">
-      <c r="A182" s="21"/>
-[...12 lines deleted...]
-      <c r="N182" s="22"/>
+      <c r="A182" s="24"/>
+      <c r="B182" s="25"/>
+      <c r="C182" s="25"/>
+      <c r="D182" s="25"/>
+      <c r="E182" s="24"/>
+      <c r="F182" s="25"/>
+      <c r="G182" s="25"/>
+      <c r="H182" s="24"/>
+      <c r="I182" s="25"/>
+      <c r="J182" s="25"/>
+      <c r="K182" s="25"/>
+      <c r="L182" s="25"/>
+      <c r="M182" s="25"/>
+      <c r="N182" s="25"/>
     </row>
     <row r="183" spans="1:14">
-      <c r="A183" s="21"/>
-[...12 lines deleted...]
-      <c r="N183" s="22"/>
+      <c r="A183" s="24"/>
+      <c r="B183" s="25"/>
+      <c r="C183" s="25"/>
+      <c r="D183" s="25"/>
+      <c r="E183" s="24"/>
+      <c r="F183" s="25"/>
+      <c r="G183" s="25"/>
+      <c r="H183" s="24"/>
+      <c r="I183" s="25"/>
+      <c r="J183" s="25"/>
+      <c r="K183" s="25"/>
+      <c r="L183" s="25"/>
+      <c r="M183" s="25"/>
+      <c r="N183" s="25"/>
     </row>
     <row r="184" spans="1:14">
-      <c r="A184" s="21"/>
-[...12 lines deleted...]
-      <c r="N184" s="22"/>
+      <c r="A184" s="24"/>
+      <c r="B184" s="25"/>
+      <c r="C184" s="25"/>
+      <c r="D184" s="25"/>
+      <c r="E184" s="24"/>
+      <c r="F184" s="25"/>
+      <c r="G184" s="25"/>
+      <c r="H184" s="24"/>
+      <c r="I184" s="25"/>
+      <c r="J184" s="25"/>
+      <c r="K184" s="25"/>
+      <c r="L184" s="25"/>
+      <c r="M184" s="25"/>
+      <c r="N184" s="25"/>
     </row>
     <row r="185" spans="1:14">
-      <c r="A185" s="21"/>
-[...12 lines deleted...]
-      <c r="N185" s="22"/>
+      <c r="A185" s="24"/>
+      <c r="B185" s="25"/>
+      <c r="C185" s="25"/>
+      <c r="D185" s="25"/>
+      <c r="E185" s="24"/>
+      <c r="F185" s="25"/>
+      <c r="G185" s="25"/>
+      <c r="H185" s="24"/>
+      <c r="I185" s="25"/>
+      <c r="J185" s="25"/>
+      <c r="K185" s="25"/>
+      <c r="L185" s="25"/>
+      <c r="M185" s="25"/>
+      <c r="N185" s="25"/>
     </row>
     <row r="186" spans="1:14">
-      <c r="A186" s="21"/>
-[...12 lines deleted...]
-      <c r="N186" s="22"/>
+      <c r="A186" s="24"/>
+      <c r="B186" s="25"/>
+      <c r="C186" s="25"/>
+      <c r="D186" s="25"/>
+      <c r="E186" s="24"/>
+      <c r="F186" s="25"/>
+      <c r="G186" s="25"/>
+      <c r="H186" s="24"/>
+      <c r="I186" s="25"/>
+      <c r="J186" s="25"/>
+      <c r="K186" s="25"/>
+      <c r="L186" s="25"/>
+      <c r="M186" s="25"/>
+      <c r="N186" s="25"/>
     </row>
     <row r="187" spans="1:14">
-      <c r="A187" s="21"/>
-[...12 lines deleted...]
-      <c r="N187" s="22"/>
+      <c r="A187" s="24"/>
+      <c r="B187" s="25"/>
+      <c r="C187" s="25"/>
+      <c r="D187" s="25"/>
+      <c r="E187" s="24"/>
+      <c r="F187" s="25"/>
+      <c r="G187" s="25"/>
+      <c r="H187" s="24"/>
+      <c r="I187" s="25"/>
+      <c r="J187" s="25"/>
+      <c r="K187" s="25"/>
+      <c r="L187" s="25"/>
+      <c r="M187" s="25"/>
+      <c r="N187" s="25"/>
     </row>
     <row r="188" spans="1:14">
-      <c r="A188" s="21"/>
-[...12 lines deleted...]
-      <c r="N188" s="22"/>
+      <c r="A188" s="24"/>
+      <c r="B188" s="25"/>
+      <c r="C188" s="25"/>
+      <c r="D188" s="25"/>
+      <c r="E188" s="24"/>
+      <c r="F188" s="25"/>
+      <c r="G188" s="25"/>
+      <c r="H188" s="24"/>
+      <c r="I188" s="25"/>
+      <c r="J188" s="25"/>
+      <c r="K188" s="25"/>
+      <c r="L188" s="25"/>
+      <c r="M188" s="25"/>
+      <c r="N188" s="25"/>
     </row>
     <row r="189" spans="1:14">
-      <c r="A189" s="21"/>
-[...12 lines deleted...]
-      <c r="N189" s="22"/>
+      <c r="A189" s="24"/>
+      <c r="B189" s="25"/>
+      <c r="C189" s="25"/>
+      <c r="D189" s="25"/>
+      <c r="E189" s="24"/>
+      <c r="F189" s="25"/>
+      <c r="G189" s="25"/>
+      <c r="H189" s="24"/>
+      <c r="I189" s="25"/>
+      <c r="J189" s="25"/>
+      <c r="K189" s="25"/>
+      <c r="L189" s="25"/>
+      <c r="M189" s="25"/>
+      <c r="N189" s="25"/>
     </row>
     <row r="190" spans="1:14">
-      <c r="A190" s="21"/>
-[...12 lines deleted...]
-      <c r="N190" s="22"/>
+      <c r="A190" s="24"/>
+      <c r="B190" s="25"/>
+      <c r="C190" s="25"/>
+      <c r="D190" s="25"/>
+      <c r="E190" s="24"/>
+      <c r="F190" s="25"/>
+      <c r="G190" s="25"/>
+      <c r="H190" s="24"/>
+      <c r="I190" s="25"/>
+      <c r="J190" s="25"/>
+      <c r="K190" s="25"/>
+      <c r="L190" s="25"/>
+      <c r="M190" s="25"/>
+      <c r="N190" s="25"/>
     </row>
     <row r="191" spans="1:14">
-      <c r="A191" s="21"/>
-[...12 lines deleted...]
-      <c r="N191" s="22"/>
+      <c r="A191" s="24"/>
+      <c r="B191" s="25"/>
+      <c r="C191" s="25"/>
+      <c r="D191" s="25"/>
+      <c r="E191" s="24"/>
+      <c r="F191" s="25"/>
+      <c r="G191" s="25"/>
+      <c r="H191" s="24"/>
+      <c r="I191" s="25"/>
+      <c r="J191" s="25"/>
+      <c r="K191" s="25"/>
+      <c r="L191" s="25"/>
+      <c r="M191" s="25"/>
+      <c r="N191" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="81">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="A13:A14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="A19:A24"/>
     <mergeCell ref="A25:A27"/>
     <mergeCell ref="A28:A29"/>
     <mergeCell ref="A30:A32"/>
     <mergeCell ref="A33:A37"/>
     <mergeCell ref="B4:B9"/>
     <mergeCell ref="B10:B12"/>
     <mergeCell ref="B13:B14"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="B19:B24"/>
     <mergeCell ref="B25:B27"/>
     <mergeCell ref="B28:B29"/>
@@ -6670,35 +6665,38 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>附件3 山东省2024年度部门联合暨跨部门综合监管抽查计划</vt:lpstr>
       <vt:lpstr>部门联合抽查事项清单</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>刘喜才</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.23125</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>CA847782E20646278B7D7734C2F705D9_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOReadingLayout">
     <vt:bool>true</vt:bool>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="CalculationRule">
+    <vt:i4>0</vt:i4>
+  </property>
 </Properties>
 </file>